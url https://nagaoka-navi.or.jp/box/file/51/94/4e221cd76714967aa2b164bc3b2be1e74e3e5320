--- v0 (2025-10-10)
+++ v1 (2025-12-18)
@@ -1,128 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27126"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\iwauchi\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nunokawa\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79F4348D-BF2B-4152-8FD6-3136CB272D7C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B567E09B-F0D4-443C-BAF7-DAFF4F1C9F7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{A443D6C9-6B85-4C98-A678-5ED66B8DD12E}"/>
   </bookViews>
   <sheets>
     <sheet name="河井継之助・山本五十六・維新の3傑コース" sheetId="2" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="77">
-[...3 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="83">
   <si>
     <t>　　　（ながおか市民センター内2階）</t>
     <rPh sb="8" eb="10">
       <t>シミン</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>ナイ</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>カイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〒940-0062 長岡市大手通2-2-6</t>
     <rPh sb="10" eb="13">
       <t>ナガオカシ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>オオテ</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>ツウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>TEL0258-32-1187　FAX0258-31-1777</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>担当尾崎</t>
-[...8 lines deleted...]
-  <si>
     <t>（一社）長岡観光コンベンション協会</t>
     <rPh sb="1" eb="2">
       <t>１</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>シャ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>ナガオカ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>カンコウ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>キョウカイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
@@ -133,73 +117,50 @@
     </rPh>
     <rPh sb="3" eb="4">
       <t>サキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>②</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>当日のｶﾞｲﾄﾞの連絡先</t>
   </si>
   <si>
     <t>①</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ガイド氏名</t>
     <rPh sb="3" eb="5">
       <t>シメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>（内訳　ガイド実費　　　円　取扱手数料　　　円）</t>
-[...21 lines deleted...]
-  <si>
     <t>ガイド料金</t>
     <rPh sb="3" eb="5">
       <t>リョウキン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>：</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>到着</t>
     <rPh sb="0" eb="2">
       <t>トウチャク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>このコースは、火曜日以外の出発になります</t>
     <rPh sb="7" eb="10">
       <t>カヨウビ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>イガイ</t>
     </rPh>
@@ -610,112 +571,81 @@
     <rPh sb="23" eb="25">
       <t>アンナイ</t>
     </rPh>
     <rPh sb="27" eb="29">
       <t>カクニン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>利　用　内　容</t>
     <rPh sb="0" eb="1">
       <t>トシ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ヨウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ウチ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>カタチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>出発時間</t>
-[...8 lines deleted...]
-  <si>
     <t>利用前出発地</t>
     <rPh sb="0" eb="3">
       <t>リヨウマエ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>シュッパツチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>駐車場所</t>
     <rPh sb="0" eb="2">
       <t>チュウシャ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>待合せ場所までの移動手段</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>　　　：　　　</t>
-[...2 lines deleted...]
-  <si>
     <t>名</t>
     <rPh sb="0" eb="1">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>　　　：　　　～　　　：　　　</t>
-[...15 lines deleted...]
-  <si>
     <t>待合せ時間</t>
     <rPh sb="0" eb="2">
       <t>マチアワ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ジカン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>待合せ場所</t>
     <rPh sb="0" eb="2">
       <t>マチアワ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>バショ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>利用人数</t>
     <rPh sb="0" eb="2">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="2" eb="3">
@@ -737,54 +667,50 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>利用日（利用日の１０日営業日前までの受付）</t>
     <rPh sb="0" eb="2">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ヒ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>ヒ</t>
     </rPh>
     <rPh sb="11" eb="15">
       <t>エイギョウビマエ</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>ウケツケ</t>
     </rPh>
-    <phoneticPr fontId="1"/>
-[...2 lines deleted...]
-    <t>〒　　　　　－</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>FAX</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>TEL　（携帯）</t>
     <rPh sb="5" eb="7">
       <t>ケイタイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>住　所</t>
     <rPh sb="0" eb="1">
       <t>ジュウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ジョ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
@@ -819,118 +745,194 @@
     <rPh sb="10" eb="11">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>長岡観光ボランティアガイド（申込・回答・連絡）</t>
     <rPh sb="0" eb="2">
       <t>ナガオカ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>カンコウ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>カイトウ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>レンラク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-    </r>
+    <t>申込日：　　　　　　　　　　　　　　　　　　　　　　</t>
     <rPh sb="0" eb="2">
       <t>モウシコミ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
-    <rPh sb="4" eb="6">
-[...18 lines deleted...]
-    <rPh sb="1" eb="2">
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>受付№</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>〒</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>(</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>曜日</t>
+    <rPh sb="0" eb="2">
+      <t>ヨウビ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>～</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>電車・マイカー・マイクロバス・大型バス・その他　</t>
+    <rPh sb="0" eb="1">
       <t>デン</t>
     </rPh>
-    <rPh sb="13" eb="14">
-[...2 lines deleted...]
-    <rPh sb="25" eb="27">
+    <rPh sb="15" eb="17">
       <t>オオガタ</t>
+    </rPh>
+    <rPh sb="22" eb="23">
+      <t>タ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>駐車場連絡</t>
+    <rPh sb="0" eb="2">
+      <t>チュウシャ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>レンラク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>利用前出発時刻</t>
+    <rPh sb="0" eb="2">
+      <t>リヨウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>マエ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>シュッパツ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ジコク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>円（税込）</t>
+    <rPh sb="0" eb="1">
+      <t>エン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ゼイコミ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>内訳</t>
+    <rPh sb="0" eb="2">
+      <t>ウチワケ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ガイド実費</t>
+    <rPh sb="3" eb="5">
+      <t>ジッピ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>円</t>
+    <rPh sb="0" eb="1">
+      <t>エン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>取扱手数料</t>
+    <rPh sb="0" eb="2">
+      <t>トリアツカイ</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>テスウリョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>MAIL：info@nagaoka-navi.or.jp</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>担当：藤原</t>
+    <rPh sb="0" eb="2">
+      <t>タントウ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>フジワラ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <numFmts count="3">
+    <numFmt numFmtId="176" formatCode="[$]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@" x16r2:formatCode16="[$-ja-JP-x-gannen]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+    <numFmt numFmtId="177" formatCode="[$-411]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+    <numFmt numFmtId="178" formatCode="#,##0_ "/>
+  </numFmts>
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
@@ -1001,69 +1003,66 @@
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="57">
+  <borders count="66">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
@@ -1442,95 +1441,50 @@
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...43 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
@@ -1687,582 +1641,791 @@
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="154">
+  <cellXfs count="175">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="178" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="13" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="15" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="50" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="52" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="58" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="60" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="61" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="61" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="54" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="56" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="0" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="11" fontId="0" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="55" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="57" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="56" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="61" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1">
-[...392 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2324,51 +2487,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2466,3147 +2629,3169 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AF596B75-39EE-4BC7-838A-071E3DBDD520}">
-  <dimension ref="A1:AT59"/>
+  <dimension ref="A2:AT60"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A47" workbookViewId="0">
-      <selection activeCell="AH69" sqref="AH69"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q60" sqref="Q60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="45" width="1.796875" customWidth="1"/>
     <col min="46" max="46" width="2.8984375" customWidth="1"/>
     <col min="47" max="47" width="1.69921875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:46" ht="15.6" customHeight="1" x14ac:dyDescent="0.45">
-[...47 lines deleted...]
-      <c r="AT1" s="8"/>
+    <row r="2" spans="1:46" ht="15.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="46" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" s="46"/>
+      <c r="C2" s="46"/>
+      <c r="D2" s="46"/>
+      <c r="E2" s="46"/>
+      <c r="F2" s="46"/>
+      <c r="G2" s="46"/>
+      <c r="H2" s="46"/>
+      <c r="I2" s="46"/>
+      <c r="J2" s="46"/>
+      <c r="K2" s="46"/>
+      <c r="L2" s="46"/>
+      <c r="M2" s="46"/>
+      <c r="N2" s="46"/>
+      <c r="O2" s="46"/>
+      <c r="P2" s="46"/>
+      <c r="Q2" s="46"/>
+      <c r="R2" s="46"/>
+      <c r="S2" s="46"/>
+      <c r="T2" s="46"/>
+      <c r="U2" s="46"/>
+      <c r="V2" s="46"/>
+      <c r="W2" s="46"/>
+      <c r="X2" s="46"/>
+      <c r="Y2" s="46"/>
+      <c r="Z2" s="46"/>
+      <c r="AA2" s="46"/>
+      <c r="AB2" s="46"/>
+      <c r="AC2" s="46"/>
+      <c r="AD2" s="46"/>
+      <c r="AE2" s="46"/>
+      <c r="AF2" s="46"/>
+      <c r="AG2" s="46"/>
+      <c r="AH2" s="46"/>
+      <c r="AI2" s="46"/>
+      <c r="AJ2" s="46"/>
+      <c r="AK2" s="46"/>
+      <c r="AL2" s="46"/>
+      <c r="AM2" s="46"/>
+      <c r="AN2" s="46"/>
+      <c r="AO2" s="46"/>
+      <c r="AP2" s="46"/>
+      <c r="AQ2" s="46"/>
+      <c r="AR2" s="46"/>
+      <c r="AS2" s="46"/>
+      <c r="AT2" s="46"/>
     </row>
-    <row r="2" spans="1:46" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...47 lines deleted...]
-      <c r="AT2" s="90"/>
+    <row r="3" spans="1:46" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A3" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4"/>
+      <c r="E3" s="140"/>
+      <c r="F3" s="140"/>
+      <c r="G3" s="140"/>
+      <c r="H3" s="140"/>
+      <c r="I3" s="140"/>
+      <c r="J3" s="140"/>
+      <c r="K3" s="140"/>
+      <c r="L3" s="140"/>
+      <c r="M3" s="140"/>
+      <c r="N3" s="140"/>
+      <c r="O3" s="140"/>
+      <c r="P3" s="140"/>
+      <c r="Q3" s="9"/>
+      <c r="R3" s="9"/>
+      <c r="S3" s="9"/>
+      <c r="T3" s="9"/>
+      <c r="U3" s="9"/>
+      <c r="V3" s="9"/>
+      <c r="W3" s="9"/>
+      <c r="X3" s="9"/>
+      <c r="Y3" s="9"/>
+      <c r="Z3" s="9"/>
+      <c r="AA3" s="9"/>
+      <c r="AB3" s="9"/>
+      <c r="AC3" s="9"/>
+      <c r="AD3" s="9"/>
+      <c r="AE3" s="9"/>
+      <c r="AF3" s="9"/>
+      <c r="AG3" s="9"/>
+      <c r="AI3" s="9"/>
+      <c r="AJ3" s="9"/>
+      <c r="AK3" s="9"/>
+      <c r="AL3" s="9"/>
+      <c r="AM3" t="s">
+        <v>67</v>
+      </c>
+      <c r="AN3" s="9"/>
+      <c r="AO3" s="9"/>
+      <c r="AP3" s="9"/>
+      <c r="AQ3" s="141"/>
+      <c r="AR3" s="141"/>
+      <c r="AS3" s="141"/>
+      <c r="AT3" s="141"/>
     </row>
-    <row r="3" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...53 lines deleted...]
-      <c r="AT3" s="145"/>
+    <row r="4" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="81" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" s="59"/>
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="59"/>
+      <c r="K4" s="59"/>
+      <c r="L4" s="59"/>
+      <c r="M4" s="59"/>
+      <c r="N4" s="59"/>
+      <c r="O4" s="82"/>
+      <c r="P4" s="83" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q4" s="84"/>
+      <c r="R4" s="84"/>
+      <c r="S4" s="84"/>
+      <c r="T4" s="84"/>
+      <c r="U4" s="84"/>
+      <c r="V4" s="84"/>
+      <c r="W4" s="84"/>
+      <c r="X4" s="84"/>
+      <c r="Y4" s="84"/>
+      <c r="Z4" s="84"/>
+      <c r="AA4" s="84"/>
+      <c r="AB4" s="84"/>
+      <c r="AC4" s="84"/>
+      <c r="AD4" s="85"/>
+      <c r="AE4" s="83" t="s">
+        <v>62</v>
+      </c>
+      <c r="AF4" s="59"/>
+      <c r="AG4" s="59"/>
+      <c r="AH4" s="59"/>
+      <c r="AI4" s="59"/>
+      <c r="AJ4" s="59"/>
+      <c r="AK4" s="59"/>
+      <c r="AL4" s="82"/>
+      <c r="AM4" s="58" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN4" s="59"/>
+      <c r="AO4" s="59"/>
+      <c r="AP4" s="59"/>
+      <c r="AQ4" s="59"/>
+      <c r="AR4" s="59"/>
+      <c r="AS4" s="59"/>
+      <c r="AT4" s="60"/>
     </row>
-    <row r="4" spans="1:46" ht="16.2" customHeight="1" x14ac:dyDescent="0.45">
-[...95 lines deleted...]
-      <c r="AT5" s="121"/>
+    <row r="5" spans="1:46" ht="16.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A5" s="86"/>
+      <c r="B5" s="87"/>
+      <c r="C5" s="87"/>
+      <c r="D5" s="87"/>
+      <c r="E5" s="87"/>
+      <c r="F5" s="87"/>
+      <c r="G5" s="87"/>
+      <c r="H5" s="87"/>
+      <c r="I5" s="87"/>
+      <c r="J5" s="87"/>
+      <c r="K5" s="87"/>
+      <c r="L5" s="87"/>
+      <c r="M5" s="87"/>
+      <c r="N5" s="87"/>
+      <c r="O5" s="88"/>
+      <c r="P5" s="142" t="s">
+        <v>68</v>
+      </c>
+      <c r="Q5" s="143"/>
+      <c r="R5" s="144"/>
+      <c r="S5" s="144"/>
+      <c r="T5" s="144"/>
+      <c r="U5" s="144"/>
+      <c r="V5" s="144"/>
+      <c r="W5" s="144"/>
+      <c r="X5" s="144"/>
+      <c r="Y5" s="144"/>
+      <c r="Z5" s="144"/>
+      <c r="AA5" s="144"/>
+      <c r="AB5" s="144"/>
+      <c r="AC5" s="144"/>
+      <c r="AD5" s="145"/>
+      <c r="AE5" s="92"/>
+      <c r="AF5" s="62"/>
+      <c r="AG5" s="62"/>
+      <c r="AH5" s="62"/>
+      <c r="AI5" s="62"/>
+      <c r="AJ5" s="62"/>
+      <c r="AK5" s="62"/>
+      <c r="AL5" s="93"/>
+      <c r="AM5" s="61"/>
+      <c r="AN5" s="62"/>
+      <c r="AO5" s="62"/>
+      <c r="AP5" s="62"/>
+      <c r="AQ5" s="62"/>
+      <c r="AR5" s="62"/>
+      <c r="AS5" s="62"/>
+      <c r="AT5" s="63"/>
     </row>
     <row r="6" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A6" s="120" t="s">
-[...54 lines deleted...]
-      <c r="AT6" s="110"/>
+      <c r="A6" s="89"/>
+      <c r="B6" s="90"/>
+      <c r="C6" s="90"/>
+      <c r="D6" s="90"/>
+      <c r="E6" s="90"/>
+      <c r="F6" s="90"/>
+      <c r="G6" s="90"/>
+      <c r="H6" s="90"/>
+      <c r="I6" s="90"/>
+      <c r="J6" s="90"/>
+      <c r="K6" s="90"/>
+      <c r="L6" s="90"/>
+      <c r="M6" s="90"/>
+      <c r="N6" s="90"/>
+      <c r="O6" s="91"/>
+      <c r="P6" s="95"/>
+      <c r="Q6" s="96"/>
+      <c r="R6" s="96"/>
+      <c r="S6" s="96"/>
+      <c r="T6" s="96"/>
+      <c r="U6" s="96"/>
+      <c r="V6" s="96"/>
+      <c r="W6" s="96"/>
+      <c r="X6" s="96"/>
+      <c r="Y6" s="96"/>
+      <c r="Z6" s="96"/>
+      <c r="AA6" s="96"/>
+      <c r="AB6" s="96"/>
+      <c r="AC6" s="96"/>
+      <c r="AD6" s="97"/>
+      <c r="AE6" s="64"/>
+      <c r="AF6" s="65"/>
+      <c r="AG6" s="65"/>
+      <c r="AH6" s="65"/>
+      <c r="AI6" s="65"/>
+      <c r="AJ6" s="65"/>
+      <c r="AK6" s="65"/>
+      <c r="AL6" s="94"/>
+      <c r="AM6" s="64"/>
+      <c r="AN6" s="65"/>
+      <c r="AO6" s="65"/>
+      <c r="AP6" s="65"/>
+      <c r="AQ6" s="65"/>
+      <c r="AR6" s="65"/>
+      <c r="AS6" s="65"/>
+      <c r="AT6" s="66"/>
     </row>
-    <row r="7" spans="1:46" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
-[...46 lines deleted...]
-      <c r="AO7" s="100" t="s">
+    <row r="7" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A7" s="98" t="s">
         <v>60</v>
       </c>
-      <c r="AP7" s="99"/>
-[...3 lines deleted...]
-      <c r="AT7" s="98"/>
+      <c r="B7" s="99"/>
+      <c r="C7" s="99"/>
+      <c r="D7" s="99"/>
+      <c r="E7" s="99"/>
+      <c r="F7" s="99"/>
+      <c r="G7" s="99"/>
+      <c r="H7" s="99"/>
+      <c r="I7" s="99"/>
+      <c r="J7" s="99"/>
+      <c r="K7" s="99"/>
+      <c r="L7" s="99"/>
+      <c r="M7" s="100"/>
+      <c r="N7" s="100"/>
+      <c r="O7" s="101"/>
+      <c r="P7" s="146" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q7" s="147"/>
+      <c r="R7" s="147"/>
+      <c r="S7" s="147"/>
+      <c r="T7" s="147"/>
+      <c r="U7" s="147"/>
+      <c r="V7" s="147"/>
+      <c r="W7" s="147"/>
+      <c r="X7" s="147"/>
+      <c r="Y7" s="147"/>
+      <c r="Z7" s="147"/>
+      <c r="AA7" s="148"/>
+      <c r="AB7" s="100" t="s">
+        <v>58</v>
+      </c>
+      <c r="AC7" s="100"/>
+      <c r="AD7" s="101"/>
+      <c r="AE7" s="67" t="s">
+        <v>57</v>
+      </c>
+      <c r="AF7" s="68"/>
+      <c r="AG7" s="68"/>
+      <c r="AH7" s="68"/>
+      <c r="AI7" s="68"/>
+      <c r="AJ7" s="68"/>
+      <c r="AK7" s="68"/>
+      <c r="AL7" s="68"/>
+      <c r="AM7" s="68"/>
+      <c r="AN7" s="102"/>
+      <c r="AO7" s="67" t="s">
+        <v>56</v>
+      </c>
+      <c r="AP7" s="68"/>
+      <c r="AQ7" s="68"/>
+      <c r="AR7" s="68"/>
+      <c r="AS7" s="68"/>
+      <c r="AT7" s="69"/>
     </row>
-    <row r="8" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...51 lines deleted...]
-      <c r="AT8" s="94"/>
+    <row r="8" spans="1:46" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A8" s="149"/>
+      <c r="B8" s="150"/>
+      <c r="C8" s="150"/>
+      <c r="D8" s="150"/>
+      <c r="E8" s="150"/>
+      <c r="F8" s="150"/>
+      <c r="G8" s="150"/>
+      <c r="H8" s="150"/>
+      <c r="I8" s="27" t="s">
+        <v>69</v>
+      </c>
+      <c r="J8" s="151"/>
+      <c r="K8" s="151"/>
+      <c r="L8" s="152" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" s="152"/>
+      <c r="N8" s="152"/>
+      <c r="O8" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" s="153"/>
+      <c r="Q8" s="154"/>
+      <c r="R8" s="154"/>
+      <c r="S8" s="154"/>
+      <c r="T8" s="154"/>
+      <c r="U8" s="155" t="s">
+        <v>72</v>
+      </c>
+      <c r="V8" s="155"/>
+      <c r="W8" s="156"/>
+      <c r="X8" s="156"/>
+      <c r="Y8" s="156"/>
+      <c r="Z8" s="156"/>
+      <c r="AA8" s="157"/>
+      <c r="AB8" s="158"/>
+      <c r="AC8" s="156"/>
+      <c r="AD8" s="29" t="s">
+        <v>55</v>
+      </c>
+      <c r="AE8" s="103"/>
+      <c r="AF8" s="46"/>
+      <c r="AG8" s="46"/>
+      <c r="AH8" s="46"/>
+      <c r="AI8" s="46"/>
+      <c r="AJ8" s="46"/>
+      <c r="AK8" s="46"/>
+      <c r="AL8" s="46"/>
+      <c r="AM8" s="46"/>
+      <c r="AN8" s="104"/>
+      <c r="AO8" s="70"/>
+      <c r="AP8" s="71"/>
+      <c r="AQ8" s="71"/>
+      <c r="AR8" s="71"/>
+      <c r="AS8" s="71"/>
+      <c r="AT8" s="72"/>
     </row>
-    <row r="9" spans="1:46" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...49 lines deleted...]
-      <c r="AT9" s="89"/>
+    <row r="9" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A9" s="105" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" s="106"/>
+      <c r="C9" s="106"/>
+      <c r="D9" s="106"/>
+      <c r="E9" s="106"/>
+      <c r="F9" s="106"/>
+      <c r="G9" s="106"/>
+      <c r="H9" s="106"/>
+      <c r="I9" s="106"/>
+      <c r="J9" s="106"/>
+      <c r="K9" s="106"/>
+      <c r="L9" s="106"/>
+      <c r="M9" s="106"/>
+      <c r="N9" s="106"/>
+      <c r="O9" s="107"/>
+      <c r="P9" s="112" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q9" s="106"/>
+      <c r="R9" s="106"/>
+      <c r="S9" s="106"/>
+      <c r="T9" s="107"/>
+      <c r="U9" s="113"/>
+      <c r="V9" s="109"/>
+      <c r="W9" s="109"/>
+      <c r="X9" s="109"/>
+      <c r="Y9" s="109"/>
+      <c r="Z9" s="109"/>
+      <c r="AA9" s="109"/>
+      <c r="AB9" s="109"/>
+      <c r="AC9" s="109"/>
+      <c r="AD9" s="110"/>
+      <c r="AE9" s="112" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF9" s="106"/>
+      <c r="AG9" s="106"/>
+      <c r="AH9" s="106"/>
+      <c r="AI9" s="106"/>
+      <c r="AJ9" s="106"/>
+      <c r="AK9" s="107"/>
+      <c r="AL9" s="113"/>
+      <c r="AM9" s="109"/>
+      <c r="AN9" s="109"/>
+      <c r="AO9" s="109"/>
+      <c r="AP9" s="109"/>
+      <c r="AQ9" s="109"/>
+      <c r="AR9" s="109"/>
+      <c r="AS9" s="109"/>
+      <c r="AT9" s="114"/>
     </row>
-    <row r="10" spans="1:46" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5"/>
-[...48 lines deleted...]
-      <c r="AT11" s="86"/>
+    <row r="10" spans="1:46" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A10" s="115" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" s="116"/>
+      <c r="C10" s="116"/>
+      <c r="D10" s="116"/>
+      <c r="E10" s="116"/>
+      <c r="F10" s="116"/>
+      <c r="G10" s="116"/>
+      <c r="H10" s="116"/>
+      <c r="I10" s="116"/>
+      <c r="J10" s="116"/>
+      <c r="K10" s="116"/>
+      <c r="L10" s="116"/>
+      <c r="M10" s="116"/>
+      <c r="N10" s="116"/>
+      <c r="O10" s="116"/>
+      <c r="P10" s="116"/>
+      <c r="Q10" s="116"/>
+      <c r="R10" s="116"/>
+      <c r="S10" s="116"/>
+      <c r="T10" s="117"/>
+      <c r="U10" s="134" t="s">
+        <v>74</v>
+      </c>
+      <c r="V10" s="135"/>
+      <c r="W10" s="135"/>
+      <c r="X10" s="135"/>
+      <c r="Y10" s="135"/>
+      <c r="Z10" s="135"/>
+      <c r="AA10" s="136"/>
+      <c r="AB10" s="137"/>
+      <c r="AC10" s="138"/>
+      <c r="AD10" s="139"/>
+      <c r="AE10" s="159" t="s">
+        <v>75</v>
+      </c>
+      <c r="AF10" s="160"/>
+      <c r="AG10" s="160"/>
+      <c r="AH10" s="160"/>
+      <c r="AI10" s="160"/>
+      <c r="AJ10" s="160"/>
+      <c r="AK10" s="161"/>
+      <c r="AL10" s="137"/>
+      <c r="AM10" s="138"/>
+      <c r="AN10" s="138"/>
+      <c r="AO10" s="138"/>
+      <c r="AP10" s="138"/>
+      <c r="AQ10" s="138"/>
+      <c r="AR10" s="138"/>
+      <c r="AS10" s="138"/>
+      <c r="AT10" s="162"/>
     </row>
-    <row r="12" spans="1:46" ht="13.8" customHeight="1" x14ac:dyDescent="0.45">
-[...47 lines deleted...]
-      <c r="AT12" s="83"/>
+    <row r="11" spans="1:46" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5"/>
+    <row r="12" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A12" s="73" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="74"/>
+      <c r="C12" s="74"/>
+      <c r="D12" s="74"/>
+      <c r="E12" s="74"/>
+      <c r="F12" s="74"/>
+      <c r="G12" s="74"/>
+      <c r="H12" s="74"/>
+      <c r="I12" s="74"/>
+      <c r="J12" s="74"/>
+      <c r="K12" s="74"/>
+      <c r="L12" s="74"/>
+      <c r="M12" s="74"/>
+      <c r="N12" s="74"/>
+      <c r="O12" s="74"/>
+      <c r="P12" s="74"/>
+      <c r="Q12" s="74"/>
+      <c r="R12" s="74"/>
+      <c r="S12" s="74"/>
+      <c r="T12" s="74"/>
+      <c r="U12" s="74"/>
+      <c r="V12" s="74"/>
+      <c r="W12" s="74"/>
+      <c r="X12" s="74"/>
+      <c r="Y12" s="74"/>
+      <c r="Z12" s="74"/>
+      <c r="AA12" s="74"/>
+      <c r="AB12" s="74"/>
+      <c r="AC12" s="74"/>
+      <c r="AD12" s="74"/>
+      <c r="AE12" s="74"/>
+      <c r="AF12" s="74"/>
+      <c r="AG12" s="74"/>
+      <c r="AH12" s="74"/>
+      <c r="AI12" s="74"/>
+      <c r="AJ12" s="74"/>
+      <c r="AK12" s="74"/>
+      <c r="AL12" s="74"/>
+      <c r="AM12" s="74"/>
+      <c r="AN12" s="74"/>
+      <c r="AO12" s="74"/>
+      <c r="AP12" s="74"/>
+      <c r="AQ12" s="74"/>
+      <c r="AR12" s="74"/>
+      <c r="AS12" s="74"/>
+      <c r="AT12" s="75"/>
     </row>
     <row r="13" spans="1:46" ht="13.8" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A13" s="85" t="s">
-[...46 lines deleted...]
-      <c r="AT13" s="83"/>
+      <c r="A13" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" s="77"/>
+      <c r="C13" s="77"/>
+      <c r="D13" s="77"/>
+      <c r="E13" s="77"/>
+      <c r="F13" s="77"/>
+      <c r="G13" s="77"/>
+      <c r="H13" s="77"/>
+      <c r="I13" s="77"/>
+      <c r="J13" s="77"/>
+      <c r="K13" s="77"/>
+      <c r="L13" s="77"/>
+      <c r="M13" s="77"/>
+      <c r="N13" s="77"/>
+      <c r="O13" s="77"/>
+      <c r="P13" s="77"/>
+      <c r="Q13" s="77"/>
+      <c r="R13" s="77"/>
+      <c r="S13" s="77"/>
+      <c r="T13" s="77"/>
+      <c r="U13" s="77"/>
+      <c r="V13" s="77"/>
+      <c r="W13" s="77"/>
+      <c r="X13" s="77"/>
+      <c r="Y13" s="77"/>
+      <c r="Z13" s="77"/>
+      <c r="AA13" s="77"/>
+      <c r="AB13" s="77"/>
+      <c r="AC13" s="77"/>
+      <c r="AD13" s="77"/>
+      <c r="AE13" s="77"/>
+      <c r="AF13" s="77"/>
+      <c r="AG13" s="77"/>
+      <c r="AH13" s="77"/>
+      <c r="AI13" s="77"/>
+      <c r="AJ13" s="77"/>
+      <c r="AK13" s="77"/>
+      <c r="AL13" s="77"/>
+      <c r="AM13" s="77"/>
+      <c r="AN13" s="77"/>
+      <c r="AO13" s="77"/>
+      <c r="AP13" s="77"/>
+      <c r="AQ13" s="77"/>
+      <c r="AR13" s="77"/>
+      <c r="AS13" s="77"/>
+      <c r="AT13" s="78"/>
     </row>
-    <row r="14" spans="1:46" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...45 lines deleted...]
-      <c r="AT14" s="80"/>
+    <row r="14" spans="1:46" ht="13.8" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A14" s="76" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="77"/>
+      <c r="C14" s="77"/>
+      <c r="D14" s="77"/>
+      <c r="E14" s="77"/>
+      <c r="F14" s="77"/>
+      <c r="G14" s="77"/>
+      <c r="H14" s="77"/>
+      <c r="I14" s="77"/>
+      <c r="J14" s="77"/>
+      <c r="K14" s="77"/>
+      <c r="L14" s="77"/>
+      <c r="M14" s="77"/>
+      <c r="N14" s="77"/>
+      <c r="O14" s="77"/>
+      <c r="P14" s="77"/>
+      <c r="Q14" s="77"/>
+      <c r="R14" s="77"/>
+      <c r="S14" s="77"/>
+      <c r="T14" s="77"/>
+      <c r="U14" s="77"/>
+      <c r="V14" s="77"/>
+      <c r="W14" s="77"/>
+      <c r="X14" s="77"/>
+      <c r="Y14" s="77"/>
+      <c r="Z14" s="77"/>
+      <c r="AA14" s="77"/>
+      <c r="AB14" s="77"/>
+      <c r="AC14" s="77"/>
+      <c r="AD14" s="77"/>
+      <c r="AE14" s="77"/>
+      <c r="AF14" s="77"/>
+      <c r="AG14" s="77"/>
+      <c r="AH14" s="77"/>
+      <c r="AI14" s="77"/>
+      <c r="AJ14" s="77"/>
+      <c r="AK14" s="77"/>
+      <c r="AL14" s="77"/>
+      <c r="AM14" s="77"/>
+      <c r="AN14" s="77"/>
+      <c r="AO14" s="77"/>
+      <c r="AP14" s="77"/>
+      <c r="AQ14" s="77"/>
+      <c r="AR14" s="77"/>
+      <c r="AS14" s="77"/>
+      <c r="AT14" s="78"/>
     </row>
-    <row r="15" spans="1:46" ht="13.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...45 lines deleted...]
-      <c r="AT15" s="47"/>
+    <row r="15" spans="1:46" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A15" s="26"/>
+      <c r="B15" s="5"/>
+      <c r="C15" s="5"/>
+      <c r="D15" s="5"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="5"/>
+      <c r="G15" s="5"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5"/>
+      <c r="K15" s="5"/>
+      <c r="L15" s="5"/>
+      <c r="M15" s="5"/>
+      <c r="N15" s="5"/>
+      <c r="O15" s="5"/>
+      <c r="P15" s="5"/>
+      <c r="Q15" s="5"/>
+      <c r="R15" s="5"/>
+      <c r="S15" s="5"/>
+      <c r="T15" s="5"/>
+      <c r="U15" s="5"/>
+      <c r="V15" s="5"/>
+      <c r="W15" s="5"/>
+      <c r="X15" s="5"/>
+      <c r="Y15" s="5"/>
+      <c r="Z15" s="5"/>
+      <c r="AA15" s="5"/>
+      <c r="AB15" s="5"/>
+      <c r="AC15" s="5"/>
+      <c r="AD15" s="5"/>
+      <c r="AE15" s="5"/>
+      <c r="AF15" s="5"/>
+      <c r="AG15" s="5"/>
+      <c r="AH15" s="5"/>
+      <c r="AI15" s="5"/>
+      <c r="AJ15" s="5"/>
+      <c r="AK15" s="5"/>
+      <c r="AL15" s="5"/>
+      <c r="AM15" s="5"/>
+      <c r="AN15" s="5"/>
+      <c r="AO15" s="5"/>
+      <c r="AP15" s="5"/>
+      <c r="AQ15" s="5"/>
+      <c r="AR15" s="25"/>
+      <c r="AS15" s="25"/>
+      <c r="AT15" s="24"/>
     </row>
-    <row r="16" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
-[...43 lines deleted...]
-      <c r="AT16" s="47"/>
+    <row r="16" spans="1:46" ht="13.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A16" s="13"/>
+      <c r="B16" s="20"/>
+      <c r="C16" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="17"/>
+      <c r="E16" s="17"/>
+      <c r="F16" s="17"/>
+      <c r="G16" s="17"/>
+      <c r="H16" s="17"/>
+      <c r="I16" s="17"/>
+      <c r="J16" s="17"/>
+      <c r="K16" s="17"/>
+      <c r="L16" s="17"/>
+      <c r="M16" s="17"/>
+      <c r="N16" s="17"/>
+      <c r="O16" s="17"/>
+      <c r="P16" s="17"/>
+      <c r="Q16" s="17"/>
+      <c r="R16" s="17"/>
+      <c r="S16" s="17"/>
+      <c r="T16" s="17"/>
+      <c r="U16" s="17"/>
+      <c r="V16" s="17"/>
+      <c r="W16" s="17"/>
+      <c r="X16" s="17"/>
+      <c r="Y16" s="17"/>
+      <c r="Z16" s="17"/>
+      <c r="AA16" s="5"/>
+      <c r="AB16" s="5"/>
+      <c r="AC16" s="5"/>
+      <c r="AD16" s="5"/>
+      <c r="AE16" s="5"/>
+      <c r="AF16" s="5"/>
+      <c r="AG16" s="5"/>
+      <c r="AH16" s="5"/>
+      <c r="AI16" s="5"/>
+      <c r="AJ16" s="5"/>
+      <c r="AK16" s="5"/>
+      <c r="AL16" s="5"/>
+      <c r="AM16" s="5"/>
+      <c r="AN16" s="5"/>
+      <c r="AO16" s="5"/>
+      <c r="AP16" s="5"/>
+      <c r="AQ16" s="5"/>
+      <c r="AT16" s="11"/>
     </row>
-    <row r="17" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="B17" s="55" t="s">
+    <row r="17" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A17" s="13"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="23"/>
+      <c r="D17" s="17"/>
+      <c r="E17" s="17"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="17"/>
+      <c r="H17" s="17"/>
+      <c r="I17" s="17"/>
+      <c r="J17" s="17"/>
+      <c r="K17" s="17"/>
+      <c r="L17" s="17"/>
+      <c r="M17" s="17"/>
+      <c r="N17" s="17"/>
+      <c r="O17" s="17"/>
+      <c r="P17" s="17"/>
+      <c r="Q17" s="17"/>
+      <c r="R17" s="17"/>
+      <c r="S17" s="17"/>
+      <c r="T17" s="17"/>
+      <c r="U17" s="17"/>
+      <c r="V17" s="17"/>
+      <c r="W17" s="17"/>
+      <c r="X17" s="17"/>
+      <c r="Y17" s="17"/>
+      <c r="Z17" s="17"/>
+      <c r="AA17" s="5"/>
+      <c r="AB17" s="5"/>
+      <c r="AC17" s="5"/>
+      <c r="AD17" s="5"/>
+      <c r="AE17" s="5"/>
+      <c r="AF17" s="5"/>
+      <c r="AG17" s="5"/>
+      <c r="AH17" s="5"/>
+      <c r="AI17" s="5"/>
+      <c r="AJ17" s="5"/>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="5"/>
+      <c r="AM17" s="5"/>
+      <c r="AN17" s="5"/>
+      <c r="AO17" s="5"/>
+      <c r="AP17" s="5"/>
+      <c r="AQ17" s="5"/>
+      <c r="AT17" s="11"/>
+    </row>
+    <row r="18" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A18" s="13"/>
+      <c r="B18" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="79"/>
+      <c r="D18" s="79"/>
+      <c r="E18" s="79"/>
+      <c r="F18" s="79"/>
+      <c r="G18" s="79"/>
+      <c r="H18" s="79"/>
+      <c r="I18" s="79"/>
+      <c r="J18" s="79"/>
+      <c r="K18" s="79"/>
+      <c r="L18" s="79"/>
+      <c r="M18" s="79"/>
+      <c r="N18" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="O18" s="48"/>
+      <c r="P18" s="79" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q18" s="79"/>
+      <c r="R18" s="79"/>
+      <c r="S18" s="79"/>
+      <c r="T18" s="79"/>
+      <c r="U18" s="79"/>
+      <c r="V18" s="79"/>
+      <c r="W18" s="79"/>
+      <c r="X18" s="79"/>
+      <c r="Y18" s="79"/>
+      <c r="Z18" s="79"/>
+      <c r="AA18" s="79"/>
+      <c r="AB18" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC18" s="48"/>
+      <c r="AD18" s="79" t="s">
+        <v>46</v>
+      </c>
+      <c r="AE18" s="79"/>
+      <c r="AF18" s="79"/>
+      <c r="AG18" s="79"/>
+      <c r="AH18" s="79"/>
+      <c r="AI18" s="79"/>
+      <c r="AJ18" s="79"/>
+      <c r="AK18" s="79"/>
+      <c r="AL18" s="79"/>
+      <c r="AM18" s="79"/>
+      <c r="AN18" s="79"/>
+      <c r="AO18" s="79"/>
+      <c r="AP18" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AQ18" s="48"/>
+      <c r="AR18" s="6"/>
+      <c r="AS18" s="6"/>
+      <c r="AT18" s="22"/>
+    </row>
+    <row r="19" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A19" s="13"/>
+      <c r="B19" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="56"/>
+      <c r="D19" s="56"/>
+      <c r="E19" s="56"/>
+      <c r="F19" s="79" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19" s="79"/>
+      <c r="H19" s="79"/>
+      <c r="I19" s="79"/>
+      <c r="J19" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="K19" s="56"/>
+      <c r="L19" s="56"/>
+      <c r="M19" s="56"/>
+      <c r="N19" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="O19" s="48"/>
+      <c r="P19" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q19" s="56"/>
+      <c r="R19" s="56"/>
+      <c r="S19" s="56"/>
+      <c r="T19" s="79" t="s">
+        <v>35</v>
+      </c>
+      <c r="U19" s="79"/>
+      <c r="V19" s="79"/>
+      <c r="W19" s="79"/>
+      <c r="X19" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y19" s="56"/>
+      <c r="Z19" s="56"/>
+      <c r="AA19" s="56"/>
+      <c r="AB19" s="48" t="s">
+        <v>45</v>
+      </c>
+      <c r="AC19" s="48"/>
+      <c r="AD19" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE19" s="56"/>
+      <c r="AF19" s="56"/>
+      <c r="AG19" s="56"/>
+      <c r="AH19" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI19" s="79"/>
+      <c r="AJ19" s="79"/>
+      <c r="AK19" s="79"/>
+      <c r="AL19" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AM19" s="56"/>
+      <c r="AN19" s="56"/>
+      <c r="AO19" s="56"/>
+      <c r="AP19" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="AQ19" s="48"/>
+      <c r="AR19" s="6"/>
+      <c r="AS19" s="6"/>
+      <c r="AT19" s="21"/>
+    </row>
+    <row r="20" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A20" s="13"/>
+      <c r="B20" s="18"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="17"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="17"/>
+      <c r="I20" s="17"/>
+      <c r="J20" s="17"/>
+      <c r="K20" s="17"/>
+      <c r="L20" s="17"/>
+      <c r="M20" s="17"/>
+      <c r="N20" s="17"/>
+      <c r="O20" s="17"/>
+      <c r="P20" s="17"/>
+      <c r="Q20" s="17"/>
+      <c r="R20" s="17"/>
+      <c r="S20" s="17"/>
+      <c r="T20" s="17"/>
+      <c r="U20" s="17"/>
+      <c r="V20" s="17"/>
+      <c r="W20" s="17"/>
+      <c r="X20" s="17"/>
+      <c r="Y20" s="17"/>
+      <c r="Z20" s="17"/>
+      <c r="AA20" s="5"/>
+      <c r="AB20" s="5"/>
+      <c r="AC20" s="5"/>
+      <c r="AD20" s="5"/>
+      <c r="AE20" s="5"/>
+      <c r="AF20" s="5"/>
+      <c r="AG20" s="5"/>
+      <c r="AH20" s="5"/>
+      <c r="AI20" s="5"/>
+      <c r="AJ20" s="5"/>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="5"/>
+      <c r="AM20" s="5"/>
+      <c r="AN20" s="5"/>
+      <c r="AO20" s="5"/>
+      <c r="AP20" s="5"/>
+      <c r="AQ20" s="5"/>
+      <c r="AT20" s="11"/>
+    </row>
+    <row r="21" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A21" s="13"/>
+      <c r="B21" s="79" t="s">
+        <v>43</v>
+      </c>
+      <c r="C21" s="79"/>
+      <c r="D21" s="79"/>
+      <c r="E21" s="79"/>
+      <c r="F21" s="79"/>
+      <c r="G21" s="79"/>
+      <c r="H21" s="79"/>
+      <c r="I21" s="79"/>
+      <c r="J21" s="79"/>
+      <c r="K21" s="79"/>
+      <c r="L21" s="79"/>
+      <c r="M21" s="79"/>
+      <c r="N21" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="O21" s="48"/>
+      <c r="P21" s="79" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q21" s="79"/>
+      <c r="R21" s="79"/>
+      <c r="S21" s="79"/>
+      <c r="T21" s="79"/>
+      <c r="U21" s="79"/>
+      <c r="V21" s="79"/>
+      <c r="W21" s="79"/>
+      <c r="X21" s="79"/>
+      <c r="Y21" s="79"/>
+      <c r="Z21" s="79"/>
+      <c r="AA21" s="79"/>
+      <c r="AB21" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC21" s="48"/>
+      <c r="AD21" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="AE21" s="79"/>
+      <c r="AF21" s="79"/>
+      <c r="AG21" s="79"/>
+      <c r="AH21" s="79"/>
+      <c r="AI21" s="79"/>
+      <c r="AJ21" s="79"/>
+      <c r="AK21" s="79"/>
+      <c r="AL21" s="79"/>
+      <c r="AM21" s="79"/>
+      <c r="AN21" s="79"/>
+      <c r="AO21" s="79"/>
+      <c r="AP21" s="6"/>
+      <c r="AQ21" s="6"/>
+      <c r="AT21" s="11"/>
+    </row>
+    <row r="22" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A22" s="13"/>
+      <c r="B22" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" s="56"/>
+      <c r="D22" s="56"/>
+      <c r="E22" s="56"/>
+      <c r="F22" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" s="79"/>
+      <c r="H22" s="79"/>
+      <c r="I22" s="79"/>
+      <c r="J22" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="K22" s="56"/>
+      <c r="L22" s="56"/>
+      <c r="M22" s="56"/>
+      <c r="N22" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="O22" s="48"/>
+      <c r="P22" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q22" s="56"/>
+      <c r="R22" s="56"/>
+      <c r="S22" s="56"/>
+      <c r="T22" s="79" t="s">
+        <v>40</v>
+      </c>
+      <c r="U22" s="79"/>
+      <c r="V22" s="79"/>
+      <c r="W22" s="79"/>
+      <c r="X22" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y22" s="56"/>
+      <c r="Z22" s="56"/>
+      <c r="AA22" s="56"/>
+      <c r="AB22" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="AC22" s="48"/>
+      <c r="AD22" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE22" s="56"/>
+      <c r="AF22" s="56"/>
+      <c r="AG22" s="56"/>
+      <c r="AH22" s="79" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI22" s="79"/>
+      <c r="AJ22" s="79"/>
+      <c r="AK22" s="79"/>
+      <c r="AL22" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AM22" s="56"/>
+      <c r="AN22" s="56"/>
+      <c r="AO22" s="56"/>
+      <c r="AP22" s="6"/>
+      <c r="AQ22" s="6"/>
+      <c r="AT22" s="11"/>
+    </row>
+    <row r="23" spans="1:46" ht="7.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A23" s="13"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="12"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="12"/>
+      <c r="I23" s="12"/>
+      <c r="J23" s="6"/>
+      <c r="K23" s="6"/>
+      <c r="L23" s="6"/>
+      <c r="M23" s="6"/>
+      <c r="N23" s="12"/>
+      <c r="O23" s="12"/>
+      <c r="P23" s="6"/>
+      <c r="Q23" s="6"/>
+      <c r="R23" s="6"/>
+      <c r="S23" s="6"/>
+      <c r="T23" s="12"/>
+      <c r="U23" s="12"/>
+      <c r="V23" s="12"/>
+      <c r="W23" s="12"/>
+      <c r="X23" s="6"/>
+      <c r="Y23" s="6"/>
+      <c r="Z23" s="6"/>
+      <c r="AA23" s="6"/>
+      <c r="AB23" s="12"/>
+      <c r="AC23" s="12"/>
+      <c r="AD23" s="6"/>
+      <c r="AE23" s="6"/>
+      <c r="AF23" s="6"/>
+      <c r="AG23" s="6"/>
+      <c r="AH23" s="12"/>
+      <c r="AI23" s="12"/>
+      <c r="AJ23" s="12"/>
+      <c r="AK23" s="12"/>
+      <c r="AL23" s="6"/>
+      <c r="AM23" s="6"/>
+      <c r="AN23" s="6"/>
+      <c r="AO23" s="6"/>
+      <c r="AP23" s="6"/>
+      <c r="AQ23" s="6"/>
+      <c r="AT23" s="11"/>
+    </row>
+    <row r="24" spans="1:46" ht="16.8" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A24" s="13"/>
+      <c r="B24" s="6"/>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="6"/>
+      <c r="K24" s="6"/>
+      <c r="L24" s="6"/>
+      <c r="M24" s="6"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="12"/>
+      <c r="P24" s="108" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q24" s="109"/>
+      <c r="R24" s="109"/>
+      <c r="S24" s="109"/>
+      <c r="T24" s="109"/>
+      <c r="U24" s="109"/>
+      <c r="V24" s="109"/>
+      <c r="W24" s="109"/>
+      <c r="X24" s="109"/>
+      <c r="Y24" s="109"/>
+      <c r="Z24" s="109"/>
+      <c r="AA24" s="109"/>
+      <c r="AB24" s="109"/>
+      <c r="AC24" s="109"/>
+      <c r="AD24" s="109"/>
+      <c r="AE24" s="109"/>
+      <c r="AF24" s="109"/>
+      <c r="AG24" s="109"/>
+      <c r="AH24" s="109"/>
+      <c r="AI24" s="109"/>
+      <c r="AJ24" s="109"/>
+      <c r="AK24" s="109"/>
+      <c r="AL24" s="109"/>
+      <c r="AM24" s="109"/>
+      <c r="AN24" s="109"/>
+      <c r="AO24" s="109"/>
+      <c r="AP24" s="109"/>
+      <c r="AQ24" s="109"/>
+      <c r="AR24" s="109"/>
+      <c r="AS24" s="110"/>
+      <c r="AT24" s="11"/>
+    </row>
+    <row r="25" spans="1:46" ht="7.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A25" s="13"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="18"/>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6"/>
+      <c r="F25" s="6"/>
+      <c r="G25" s="6"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="12"/>
+      <c r="J25" s="12"/>
+      <c r="K25" s="12"/>
+      <c r="L25" s="6"/>
+      <c r="M25" s="6"/>
+      <c r="N25" s="6"/>
+      <c r="O25" s="6"/>
+      <c r="P25" s="12"/>
+      <c r="Q25" s="12"/>
+      <c r="R25" s="6"/>
+      <c r="S25" s="6"/>
+      <c r="T25" s="6"/>
+      <c r="U25" s="6"/>
+      <c r="V25" s="12"/>
+      <c r="W25" s="12"/>
+      <c r="X25" s="12"/>
+      <c r="Y25" s="12"/>
+      <c r="Z25" s="6"/>
+      <c r="AA25" s="6"/>
+      <c r="AB25" s="6"/>
+      <c r="AC25" s="6"/>
+      <c r="AD25" s="12"/>
+      <c r="AE25" s="12"/>
+      <c r="AF25" s="6"/>
+      <c r="AG25" s="6"/>
+      <c r="AH25" s="6"/>
+      <c r="AI25" s="6"/>
+      <c r="AJ25" s="12"/>
+      <c r="AK25" s="12"/>
+      <c r="AL25" s="12"/>
+      <c r="AM25" s="12"/>
+      <c r="AN25" s="6"/>
+      <c r="AO25" s="6"/>
+      <c r="AP25" s="6"/>
+      <c r="AQ25" s="6"/>
+      <c r="AT25" s="11"/>
+    </row>
+    <row r="26" spans="1:46" ht="13.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A26" s="13"/>
+      <c r="B26" s="20"/>
+      <c r="C26" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" s="17"/>
+      <c r="E26" s="17"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="17"/>
+      <c r="H26" s="17"/>
+      <c r="I26" s="17"/>
+      <c r="J26" s="17"/>
+      <c r="K26" s="17"/>
+      <c r="L26" s="17"/>
+      <c r="M26" s="17"/>
+      <c r="N26" s="17"/>
+      <c r="O26" s="17"/>
+      <c r="P26" s="17"/>
+      <c r="Q26" s="17"/>
+      <c r="R26" s="17"/>
+      <c r="S26" s="17"/>
+      <c r="T26" s="17"/>
+      <c r="U26" s="17"/>
+      <c r="V26" s="17"/>
+      <c r="W26" s="17"/>
+      <c r="X26" s="17"/>
+      <c r="Y26" s="17"/>
+      <c r="Z26" s="17"/>
+      <c r="AA26" s="5"/>
+      <c r="AB26" s="5"/>
+      <c r="AC26" s="5"/>
+      <c r="AD26" s="5"/>
+      <c r="AE26" s="5"/>
+      <c r="AF26" s="5"/>
+      <c r="AG26" s="5"/>
+      <c r="AH26" s="5"/>
+      <c r="AI26" s="5"/>
+      <c r="AJ26" s="5"/>
+      <c r="AK26" s="5"/>
+      <c r="AL26" s="5"/>
+      <c r="AM26" s="5"/>
+      <c r="AN26" s="5"/>
+      <c r="AO26" s="5"/>
+      <c r="AP26" s="5"/>
+      <c r="AQ26" s="5"/>
+      <c r="AT26" s="11"/>
+    </row>
+    <row r="27" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A27" s="13"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="17"/>
+      <c r="E27" s="17"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="17"/>
+      <c r="H27" s="17"/>
+      <c r="I27" s="17"/>
+      <c r="J27" s="17"/>
+      <c r="K27" s="17"/>
+      <c r="L27" s="17"/>
+      <c r="M27" s="17"/>
+      <c r="N27" s="17"/>
+      <c r="O27" s="17"/>
+      <c r="P27" s="17"/>
+      <c r="Q27" s="17"/>
+      <c r="R27" s="17"/>
+      <c r="S27" s="17"/>
+      <c r="T27" s="17"/>
+      <c r="U27" s="17"/>
+      <c r="V27" s="17"/>
+      <c r="W27" s="17"/>
+      <c r="X27" s="17"/>
+      <c r="Y27" s="17"/>
+      <c r="Z27" s="17"/>
+      <c r="AA27" s="5"/>
+      <c r="AB27" s="5"/>
+      <c r="AC27" s="5"/>
+      <c r="AD27" s="5"/>
+      <c r="AE27" s="5"/>
+      <c r="AF27" s="5"/>
+      <c r="AG27" s="5"/>
+      <c r="AH27" s="5"/>
+      <c r="AI27" s="5"/>
+      <c r="AJ27" s="5"/>
+      <c r="AK27" s="5"/>
+      <c r="AL27" s="5"/>
+      <c r="AM27" s="5"/>
+      <c r="AN27" s="5"/>
+      <c r="AO27" s="5"/>
+      <c r="AP27" s="5"/>
+      <c r="AQ27" s="5"/>
+      <c r="AT27" s="11"/>
+    </row>
+    <row r="28" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A28" s="13"/>
+      <c r="B28" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="C28" s="79"/>
+      <c r="D28" s="79"/>
+      <c r="E28" s="79"/>
+      <c r="F28" s="79"/>
+      <c r="G28" s="79"/>
+      <c r="H28" s="79"/>
+      <c r="I28" s="79"/>
+      <c r="J28" s="79"/>
+      <c r="K28" s="79"/>
+      <c r="L28" s="79"/>
+      <c r="M28" s="79"/>
+      <c r="N28" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="O28" s="48"/>
+      <c r="P28" s="79" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q28" s="79"/>
+      <c r="R28" s="79"/>
+      <c r="S28" s="79"/>
+      <c r="T28" s="79"/>
+      <c r="U28" s="79"/>
+      <c r="V28" s="79"/>
+      <c r="W28" s="79"/>
+      <c r="X28" s="79"/>
+      <c r="Y28" s="79"/>
+      <c r="Z28" s="79"/>
+      <c r="AA28" s="79"/>
+      <c r="AB28" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC28" s="48"/>
+      <c r="AD28" s="79" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE28" s="79"/>
+      <c r="AF28" s="79"/>
+      <c r="AG28" s="79"/>
+      <c r="AH28" s="79"/>
+      <c r="AI28" s="79"/>
+      <c r="AJ28" s="79"/>
+      <c r="AK28" s="79"/>
+      <c r="AL28" s="79"/>
+      <c r="AM28" s="79"/>
+      <c r="AN28" s="79"/>
+      <c r="AO28" s="79"/>
+      <c r="AP28" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AQ28" s="48"/>
+      <c r="AT28" s="11"/>
+    </row>
+    <row r="29" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A29" s="13"/>
+      <c r="B29" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" s="56"/>
+      <c r="D29" s="56"/>
+      <c r="E29" s="56"/>
+      <c r="F29" s="79" t="s">
+        <v>27</v>
+      </c>
+      <c r="G29" s="79"/>
+      <c r="H29" s="79"/>
+      <c r="I29" s="79"/>
+      <c r="J29" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="K29" s="56"/>
+      <c r="L29" s="56"/>
+      <c r="M29" s="56"/>
+      <c r="N29" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="O29" s="48"/>
+      <c r="P29" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q29" s="56"/>
+      <c r="R29" s="56"/>
+      <c r="S29" s="56"/>
+      <c r="T29" s="79" t="s">
+        <v>36</v>
+      </c>
+      <c r="U29" s="79"/>
+      <c r="V29" s="79"/>
+      <c r="W29" s="79"/>
+      <c r="X29" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y29" s="56"/>
+      <c r="Z29" s="56"/>
+      <c r="AA29" s="56"/>
+      <c r="AB29" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC29" s="48"/>
+      <c r="AD29" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE29" s="56"/>
+      <c r="AF29" s="56"/>
+      <c r="AG29" s="56"/>
+      <c r="AH29" s="79" t="s">
+        <v>35</v>
+      </c>
+      <c r="AI29" s="79"/>
+      <c r="AJ29" s="79"/>
+      <c r="AK29" s="79"/>
+      <c r="AL29" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AM29" s="56"/>
+      <c r="AN29" s="56"/>
+      <c r="AO29" s="56"/>
+      <c r="AP29" s="48" t="s">
+        <v>25</v>
+      </c>
+      <c r="AQ29" s="48"/>
+      <c r="AT29" s="11"/>
+    </row>
+    <row r="30" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A30" s="13"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="19"/>
+      <c r="D30" s="17"/>
+      <c r="E30" s="17"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="17"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="17"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="17"/>
+      <c r="M30" s="17"/>
+      <c r="N30" s="17"/>
+      <c r="O30" s="17"/>
+      <c r="P30" s="17"/>
+      <c r="Q30" s="17"/>
+      <c r="R30" s="17"/>
+      <c r="S30" s="17"/>
+      <c r="T30" s="17"/>
+      <c r="U30" s="17"/>
+      <c r="V30" s="17"/>
+      <c r="W30" s="17"/>
+      <c r="X30" s="17"/>
+      <c r="Y30" s="17"/>
+      <c r="Z30" s="17"/>
+      <c r="AA30" s="5"/>
+      <c r="AB30" s="5"/>
+      <c r="AC30" s="5"/>
+      <c r="AD30" s="5"/>
+      <c r="AE30" s="5"/>
+      <c r="AF30" s="5"/>
+      <c r="AG30" s="5"/>
+      <c r="AH30" s="5"/>
+      <c r="AI30" s="5"/>
+      <c r="AJ30" s="5"/>
+      <c r="AK30" s="5"/>
+      <c r="AL30" s="5"/>
+      <c r="AM30" s="5"/>
+      <c r="AN30" s="5"/>
+      <c r="AO30" s="5"/>
+      <c r="AP30" s="5"/>
+      <c r="AQ30" s="5"/>
+      <c r="AT30" s="11"/>
+    </row>
+    <row r="31" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A31" s="13"/>
+      <c r="B31" s="79" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="55"/>
-[...10 lines deleted...]
-      <c r="N17" s="70" t="s">
+      <c r="C31" s="79"/>
+      <c r="D31" s="79"/>
+      <c r="E31" s="79"/>
+      <c r="F31" s="79"/>
+      <c r="G31" s="79"/>
+      <c r="H31" s="79"/>
+      <c r="I31" s="79"/>
+      <c r="J31" s="79"/>
+      <c r="K31" s="79"/>
+      <c r="L31" s="79"/>
+      <c r="M31" s="79"/>
+      <c r="N31" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="O31" s="48"/>
+      <c r="P31" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q31" s="79"/>
+      <c r="R31" s="79"/>
+      <c r="S31" s="79"/>
+      <c r="T31" s="79"/>
+      <c r="U31" s="79"/>
+      <c r="V31" s="79"/>
+      <c r="W31" s="79"/>
+      <c r="X31" s="79"/>
+      <c r="Y31" s="79"/>
+      <c r="Z31" s="79"/>
+      <c r="AA31" s="79"/>
+      <c r="AB31" s="16"/>
+      <c r="AC31" s="14"/>
+      <c r="AD31" s="14"/>
+      <c r="AE31" s="14"/>
+      <c r="AF31" s="14"/>
+      <c r="AG31" s="14"/>
+      <c r="AH31" s="14"/>
+      <c r="AI31" s="14"/>
+      <c r="AJ31" s="14"/>
+      <c r="AK31" s="14"/>
+      <c r="AL31" s="14"/>
+      <c r="AM31" s="14"/>
+      <c r="AN31" s="14"/>
+      <c r="AO31" s="14"/>
+      <c r="AP31" s="47"/>
+      <c r="AQ31" s="48"/>
+      <c r="AT31" s="11"/>
+    </row>
+    <row r="32" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A32" s="13"/>
+      <c r="B32" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C32" s="56"/>
+      <c r="D32" s="56"/>
+      <c r="E32" s="56"/>
+      <c r="F32" s="79" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" s="79"/>
+      <c r="H32" s="79"/>
+      <c r="I32" s="79"/>
+      <c r="J32" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="K32" s="56"/>
+      <c r="L32" s="56"/>
+      <c r="M32" s="56"/>
+      <c r="N32" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="O17" s="62"/>
-[...14 lines deleted...]
-      <c r="AB17" s="70" t="s">
+      <c r="O32" s="48"/>
+      <c r="P32" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q32" s="56"/>
+      <c r="R32" s="56"/>
+      <c r="S32" s="56"/>
+      <c r="T32" s="79" t="s">
+        <v>12</v>
+      </c>
+      <c r="U32" s="79"/>
+      <c r="V32" s="79"/>
+      <c r="W32" s="79"/>
+      <c r="X32" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y32" s="56"/>
+      <c r="Z32" s="56"/>
+      <c r="AA32" s="56"/>
+      <c r="AB32" s="14"/>
+      <c r="AC32" s="14"/>
+      <c r="AD32" s="5"/>
+      <c r="AE32" s="5"/>
+      <c r="AF32" s="5"/>
+      <c r="AG32" s="5"/>
+      <c r="AH32" s="14"/>
+      <c r="AI32" s="14"/>
+      <c r="AJ32" s="14"/>
+      <c r="AK32" s="14"/>
+      <c r="AL32" s="5"/>
+      <c r="AM32" s="5"/>
+      <c r="AN32" s="5"/>
+      <c r="AO32" s="5"/>
+      <c r="AP32" s="48"/>
+      <c r="AQ32" s="48"/>
+      <c r="AT32" s="11"/>
+    </row>
+    <row r="33" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A33" s="13"/>
+      <c r="B33" s="18"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="17"/>
+      <c r="E33" s="17"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="17"/>
+      <c r="H33" s="17"/>
+      <c r="I33" s="17"/>
+      <c r="J33" s="17"/>
+      <c r="K33" s="17"/>
+      <c r="L33" s="17"/>
+      <c r="M33" s="17"/>
+      <c r="N33" s="17"/>
+      <c r="O33" s="17"/>
+      <c r="P33" s="17"/>
+      <c r="Q33" s="17"/>
+      <c r="R33" s="17"/>
+      <c r="S33" s="17"/>
+      <c r="T33" s="17"/>
+      <c r="U33" s="17"/>
+      <c r="V33" s="17"/>
+      <c r="W33" s="17"/>
+      <c r="X33" s="17"/>
+      <c r="Y33" s="17"/>
+      <c r="Z33" s="17"/>
+      <c r="AA33" s="5"/>
+      <c r="AB33" s="5"/>
+      <c r="AC33" s="5"/>
+      <c r="AD33" s="5"/>
+      <c r="AE33" s="5"/>
+      <c r="AF33" s="5"/>
+      <c r="AG33" s="5"/>
+      <c r="AH33" s="5"/>
+      <c r="AI33" s="5"/>
+      <c r="AJ33" s="5"/>
+      <c r="AK33" s="5"/>
+      <c r="AL33" s="5"/>
+      <c r="AM33" s="5"/>
+      <c r="AN33" s="5"/>
+      <c r="AO33" s="5"/>
+      <c r="AP33" s="5"/>
+      <c r="AQ33" s="5"/>
+      <c r="AT33" s="11"/>
+    </row>
+    <row r="34" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A34" s="13"/>
+      <c r="B34" s="14"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="14"/>
+      <c r="F34" s="14"/>
+      <c r="G34" s="14"/>
+      <c r="H34" s="14"/>
+      <c r="I34" s="14"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="14"/>
+      <c r="L34" s="14"/>
+      <c r="M34" s="14"/>
+      <c r="N34" s="18"/>
+      <c r="O34" s="6"/>
+      <c r="P34" s="108" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q34" s="109"/>
+      <c r="R34" s="109"/>
+      <c r="S34" s="109"/>
+      <c r="T34" s="109"/>
+      <c r="U34" s="109"/>
+      <c r="V34" s="109"/>
+      <c r="W34" s="109"/>
+      <c r="X34" s="109"/>
+      <c r="Y34" s="109"/>
+      <c r="Z34" s="109"/>
+      <c r="AA34" s="109"/>
+      <c r="AB34" s="109"/>
+      <c r="AC34" s="109"/>
+      <c r="AD34" s="109"/>
+      <c r="AE34" s="109"/>
+      <c r="AF34" s="109"/>
+      <c r="AG34" s="109"/>
+      <c r="AH34" s="109"/>
+      <c r="AI34" s="109"/>
+      <c r="AJ34" s="109"/>
+      <c r="AK34" s="109"/>
+      <c r="AL34" s="109"/>
+      <c r="AM34" s="109"/>
+      <c r="AN34" s="109"/>
+      <c r="AO34" s="109"/>
+      <c r="AP34" s="109"/>
+      <c r="AQ34" s="109"/>
+      <c r="AR34" s="109"/>
+      <c r="AS34" s="110"/>
+      <c r="AT34" s="11"/>
+    </row>
+    <row r="35" spans="1:46" ht="10.8" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A35" s="13"/>
+      <c r="B35" s="5"/>
+      <c r="C35" s="5"/>
+      <c r="D35" s="5"/>
+      <c r="E35" s="5"/>
+      <c r="F35" s="14"/>
+      <c r="G35" s="14"/>
+      <c r="H35" s="14"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+      <c r="M35" s="5"/>
+      <c r="N35" s="6"/>
+      <c r="O35" s="6"/>
+      <c r="P35" s="2"/>
+      <c r="Q35" s="2"/>
+      <c r="R35" s="2"/>
+      <c r="S35" s="2"/>
+      <c r="T35" s="2"/>
+      <c r="U35" s="2"/>
+      <c r="V35" s="2"/>
+      <c r="W35" s="2"/>
+      <c r="X35" s="2"/>
+      <c r="Y35" s="2"/>
+      <c r="Z35" s="2"/>
+      <c r="AA35" s="2"/>
+      <c r="AB35" s="2"/>
+      <c r="AC35" s="2"/>
+      <c r="AD35" s="2"/>
+      <c r="AE35" s="2"/>
+      <c r="AF35" s="2"/>
+      <c r="AG35" s="2"/>
+      <c r="AH35" s="2"/>
+      <c r="AI35" s="2"/>
+      <c r="AJ35" s="2"/>
+      <c r="AK35" s="2"/>
+      <c r="AL35" s="2"/>
+      <c r="AM35" s="2"/>
+      <c r="AN35" s="2"/>
+      <c r="AO35" s="2"/>
+      <c r="AP35" s="2"/>
+      <c r="AQ35" s="2"/>
+      <c r="AR35" s="2"/>
+      <c r="AS35" s="2"/>
+      <c r="AT35" s="11"/>
+    </row>
+    <row r="36" spans="1:46" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A36" s="13"/>
+      <c r="B36" s="18"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="17"/>
+      <c r="E36" s="17"/>
+      <c r="F36" s="17"/>
+      <c r="G36" s="17"/>
+      <c r="H36" s="17"/>
+      <c r="I36" s="17"/>
+      <c r="J36" s="17"/>
+      <c r="K36" s="17"/>
+      <c r="L36" s="17"/>
+      <c r="M36" s="17"/>
+      <c r="N36" s="17"/>
+      <c r="O36" s="17"/>
+      <c r="P36" s="17"/>
+      <c r="Q36" s="17"/>
+      <c r="R36" s="17"/>
+      <c r="S36" s="17"/>
+      <c r="T36" s="17"/>
+      <c r="U36" s="17"/>
+      <c r="V36" s="17"/>
+      <c r="W36" s="17"/>
+      <c r="X36" s="17"/>
+      <c r="Y36" s="17"/>
+      <c r="Z36" s="17"/>
+      <c r="AA36" s="5"/>
+      <c r="AB36" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="AC36" s="5"/>
+      <c r="AD36" s="5"/>
+      <c r="AE36" s="5"/>
+      <c r="AF36" s="5"/>
+      <c r="AG36" s="5"/>
+      <c r="AH36" s="5"/>
+      <c r="AI36" s="5"/>
+      <c r="AJ36" s="5"/>
+      <c r="AK36" s="5"/>
+      <c r="AL36" s="5"/>
+      <c r="AM36" s="5"/>
+      <c r="AN36" s="5"/>
+      <c r="AO36" s="5"/>
+      <c r="AP36" s="5"/>
+      <c r="AQ36" s="5"/>
+      <c r="AT36" s="11"/>
+    </row>
+    <row r="37" spans="1:46" ht="13.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A37" s="13"/>
+      <c r="B37" s="20"/>
+      <c r="C37" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D37" s="17"/>
+      <c r="E37" s="17"/>
+      <c r="F37" s="17"/>
+      <c r="G37" s="17"/>
+      <c r="H37" s="17"/>
+      <c r="I37" s="17"/>
+      <c r="J37" s="17"/>
+      <c r="K37" s="17"/>
+      <c r="L37" s="17"/>
+      <c r="M37" s="17"/>
+      <c r="N37" s="17"/>
+      <c r="O37" s="17"/>
+      <c r="P37" s="17"/>
+      <c r="Q37" s="17"/>
+      <c r="R37" s="17"/>
+      <c r="S37" s="17"/>
+      <c r="T37" s="17"/>
+      <c r="U37" s="17"/>
+      <c r="V37" s="17"/>
+      <c r="W37" s="17"/>
+      <c r="X37" s="17"/>
+      <c r="Y37" s="17"/>
+      <c r="Z37" s="17"/>
+      <c r="AA37" s="5"/>
+      <c r="AB37" s="5"/>
+      <c r="AC37" s="5"/>
+      <c r="AD37" s="5"/>
+      <c r="AE37" s="5"/>
+      <c r="AF37" s="5"/>
+      <c r="AG37" s="5"/>
+      <c r="AH37" s="5"/>
+      <c r="AI37" s="5"/>
+      <c r="AJ37" s="5"/>
+      <c r="AK37" s="5"/>
+      <c r="AL37" s="5"/>
+      <c r="AM37" s="5"/>
+      <c r="AN37" s="5"/>
+      <c r="AO37" s="5"/>
+      <c r="AP37" s="5"/>
+      <c r="AQ37" s="5"/>
+      <c r="AT37" s="11"/>
+    </row>
+    <row r="38" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A38" s="13"/>
+      <c r="B38" s="18"/>
+      <c r="C38" s="18"/>
+      <c r="D38" s="17"/>
+      <c r="E38" s="17"/>
+      <c r="F38" s="17"/>
+      <c r="G38" s="17"/>
+      <c r="H38" s="17"/>
+      <c r="I38" s="17"/>
+      <c r="J38" s="17"/>
+      <c r="K38" s="17"/>
+      <c r="L38" s="17"/>
+      <c r="M38" s="17"/>
+      <c r="N38" s="17"/>
+      <c r="O38" s="17"/>
+      <c r="P38" s="17"/>
+      <c r="Q38" s="17"/>
+      <c r="R38" s="17"/>
+      <c r="S38" s="17"/>
+      <c r="T38" s="17"/>
+      <c r="U38" s="17"/>
+      <c r="V38" s="17"/>
+      <c r="W38" s="17"/>
+      <c r="X38" s="17"/>
+      <c r="Y38" s="17"/>
+      <c r="Z38" s="17"/>
+      <c r="AA38" s="5"/>
+      <c r="AB38" s="5"/>
+      <c r="AC38" s="5"/>
+      <c r="AD38" s="5"/>
+      <c r="AE38" s="5"/>
+      <c r="AF38" s="5"/>
+      <c r="AG38" s="5"/>
+      <c r="AH38" s="5"/>
+      <c r="AI38" s="5"/>
+      <c r="AJ38" s="5"/>
+      <c r="AK38" s="5"/>
+      <c r="AL38" s="5"/>
+      <c r="AM38" s="5"/>
+      <c r="AN38" s="5"/>
+      <c r="AO38" s="5"/>
+      <c r="AP38" s="5"/>
+      <c r="AQ38" s="5"/>
+      <c r="AT38" s="11"/>
+    </row>
+    <row r="39" spans="1:46" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A39" s="13"/>
+      <c r="B39" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="C39" s="79"/>
+      <c r="D39" s="79"/>
+      <c r="E39" s="79"/>
+      <c r="F39" s="79"/>
+      <c r="G39" s="79"/>
+      <c r="H39" s="79"/>
+      <c r="I39" s="79"/>
+      <c r="J39" s="79"/>
+      <c r="K39" s="79"/>
+      <c r="L39" s="79"/>
+      <c r="M39" s="79"/>
+      <c r="N39" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="O39" s="48"/>
+      <c r="P39" s="79" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q39" s="79"/>
+      <c r="R39" s="79"/>
+      <c r="S39" s="79"/>
+      <c r="T39" s="79"/>
+      <c r="U39" s="79"/>
+      <c r="V39" s="79"/>
+      <c r="W39" s="79"/>
+      <c r="X39" s="79"/>
+      <c r="Y39" s="79"/>
+      <c r="Z39" s="79"/>
+      <c r="AA39" s="79"/>
+      <c r="AB39" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC39" s="48"/>
+      <c r="AD39" s="80" t="s">
+        <v>28</v>
+      </c>
+      <c r="AE39" s="53"/>
+      <c r="AF39" s="53"/>
+      <c r="AG39" s="53"/>
+      <c r="AH39" s="53"/>
+      <c r="AI39" s="53"/>
+      <c r="AJ39" s="53"/>
+      <c r="AK39" s="53"/>
+      <c r="AL39" s="53"/>
+      <c r="AM39" s="53"/>
+      <c r="AN39" s="53"/>
+      <c r="AO39" s="111"/>
+      <c r="AP39" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AQ39" s="48"/>
+      <c r="AT39" s="11"/>
+    </row>
+    <row r="40" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A40" s="13"/>
+      <c r="B40" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C40" s="56"/>
+      <c r="D40" s="56"/>
+      <c r="E40" s="56"/>
+      <c r="F40" s="79" t="s">
+        <v>27</v>
+      </c>
+      <c r="G40" s="79"/>
+      <c r="H40" s="79"/>
+      <c r="I40" s="79"/>
+      <c r="J40" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="K40" s="56"/>
+      <c r="L40" s="56"/>
+      <c r="M40" s="56"/>
+      <c r="N40" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="O40" s="48"/>
+      <c r="P40" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Q40" s="56"/>
+      <c r="R40" s="56"/>
+      <c r="S40" s="56"/>
+      <c r="T40" s="79" t="s">
+        <v>16</v>
+      </c>
+      <c r="U40" s="79"/>
+      <c r="V40" s="79"/>
+      <c r="W40" s="79"/>
+      <c r="X40" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y40" s="56"/>
+      <c r="Z40" s="56"/>
+      <c r="AA40" s="56"/>
+      <c r="AB40" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC40" s="48"/>
+      <c r="AD40" s="49" t="s">
+        <v>18</v>
+      </c>
+      <c r="AE40" s="50"/>
+      <c r="AF40" s="50"/>
+      <c r="AG40" s="57"/>
+      <c r="AH40" s="80" t="s">
+        <v>26</v>
+      </c>
+      <c r="AI40" s="53"/>
+      <c r="AJ40" s="53"/>
+      <c r="AK40" s="111"/>
+      <c r="AL40" s="49" t="s">
+        <v>18</v>
+      </c>
+      <c r="AM40" s="50"/>
+      <c r="AN40" s="50"/>
+      <c r="AO40" s="57"/>
+      <c r="AP40" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="AC17" s="62"/>
-[...20 lines deleted...]
-      <c r="AT17" s="78"/>
+      <c r="AQ40" s="48"/>
+      <c r="AT40" s="11"/>
     </row>
-    <row r="18" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="B18" s="54" t="s">
+    <row r="41" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A41" s="13"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="18"/>
+      <c r="D41" s="17"/>
+      <c r="E41" s="17"/>
+      <c r="F41" s="17"/>
+      <c r="G41" s="17"/>
+      <c r="H41" s="17"/>
+      <c r="I41" s="17"/>
+      <c r="J41" s="17"/>
+      <c r="K41" s="17"/>
+      <c r="L41" s="17"/>
+      <c r="M41" s="17"/>
+      <c r="N41" s="17"/>
+      <c r="O41" s="17"/>
+      <c r="P41" s="17"/>
+      <c r="Q41" s="17"/>
+      <c r="R41" s="17"/>
+      <c r="S41" s="17"/>
+      <c r="T41" s="17"/>
+      <c r="U41" s="17"/>
+      <c r="V41" s="17"/>
+      <c r="W41" s="17"/>
+      <c r="X41" s="17"/>
+      <c r="Y41" s="17"/>
+      <c r="Z41" s="17"/>
+      <c r="AA41" s="5"/>
+      <c r="AB41" s="5"/>
+      <c r="AC41" s="5"/>
+      <c r="AD41" s="5"/>
+      <c r="AE41" s="5"/>
+      <c r="AF41" s="5"/>
+      <c r="AG41" s="5"/>
+      <c r="AH41" s="5"/>
+      <c r="AI41" s="5"/>
+      <c r="AJ41" s="5"/>
+      <c r="AK41" s="5"/>
+      <c r="AL41" s="5"/>
+      <c r="AM41" s="5"/>
+      <c r="AN41" s="5"/>
+      <c r="AO41" s="5"/>
+      <c r="AP41" s="5"/>
+      <c r="AQ41" s="5"/>
+      <c r="AT41" s="11"/>
+    </row>
+    <row r="42" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A42" s="13"/>
+      <c r="B42" s="80" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" s="53"/>
+      <c r="D42" s="53"/>
+      <c r="E42" s="53"/>
+      <c r="F42" s="53"/>
+      <c r="G42" s="53"/>
+      <c r="H42" s="53"/>
+      <c r="I42" s="53"/>
+      <c r="J42" s="53"/>
+      <c r="K42" s="53"/>
+      <c r="L42" s="53"/>
+      <c r="M42" s="54"/>
+      <c r="N42" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="O42" s="48"/>
+      <c r="P42" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q42" s="53"/>
+      <c r="R42" s="53"/>
+      <c r="S42" s="53"/>
+      <c r="T42" s="53"/>
+      <c r="U42" s="53"/>
+      <c r="V42" s="53"/>
+      <c r="W42" s="53"/>
+      <c r="X42" s="53"/>
+      <c r="Y42" s="53"/>
+      <c r="Z42" s="53"/>
+      <c r="AA42" s="54"/>
+      <c r="AB42" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AC42" s="48"/>
+      <c r="AD42" s="79" t="s">
+        <v>22</v>
+      </c>
+      <c r="AE42" s="79"/>
+      <c r="AF42" s="79"/>
+      <c r="AG42" s="79"/>
+      <c r="AH42" s="79"/>
+      <c r="AI42" s="79"/>
+      <c r="AJ42" s="79"/>
+      <c r="AK42" s="79"/>
+      <c r="AL42" s="79"/>
+      <c r="AM42" s="79"/>
+      <c r="AN42" s="79"/>
+      <c r="AO42" s="79"/>
+      <c r="AP42" s="47" t="s">
+        <v>21</v>
+      </c>
+      <c r="AQ42" s="48"/>
+      <c r="AT42" s="11"/>
+    </row>
+    <row r="43" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A43" s="13"/>
+      <c r="B43" s="49" t="s">
+        <v>18</v>
+      </c>
+      <c r="C43" s="50"/>
+      <c r="D43" s="50"/>
+      <c r="E43" s="51"/>
+      <c r="F43" s="52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" s="53"/>
+      <c r="H43" s="53"/>
+      <c r="I43" s="54"/>
+      <c r="J43" s="55" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" s="50"/>
+      <c r="L43" s="50"/>
+      <c r="M43" s="51"/>
+      <c r="N43" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="O43" s="48"/>
+      <c r="P43" s="49" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q43" s="50"/>
+      <c r="R43" s="50"/>
+      <c r="S43" s="51"/>
+      <c r="T43" s="52" t="s">
+        <v>19</v>
+      </c>
+      <c r="U43" s="53"/>
+      <c r="V43" s="53"/>
+      <c r="W43" s="54"/>
+      <c r="X43" s="55" t="s">
+        <v>18</v>
+      </c>
+      <c r="Y43" s="50"/>
+      <c r="Z43" s="50"/>
+      <c r="AA43" s="51"/>
+      <c r="AB43" s="48" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC43" s="48"/>
+      <c r="AD43" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE43" s="56"/>
+      <c r="AF43" s="56"/>
+      <c r="AG43" s="56"/>
+      <c r="AH43" s="79" t="s">
+        <v>16</v>
+      </c>
+      <c r="AI43" s="79"/>
+      <c r="AJ43" s="79"/>
+      <c r="AK43" s="79"/>
+      <c r="AL43" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="AM43" s="56"/>
+      <c r="AN43" s="56"/>
+      <c r="AO43" s="56"/>
+      <c r="AP43" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="C18" s="54"/>
-[...64 lines deleted...]
-      <c r="AT18" s="77"/>
+      <c r="AQ43" s="48"/>
+      <c r="AT43" s="11"/>
     </row>
-    <row r="19" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
-[...43 lines deleted...]
-      <c r="AT19" s="47"/>
+    <row r="44" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A44" s="13"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="18"/>
+      <c r="D44" s="17"/>
+      <c r="E44" s="17"/>
+      <c r="F44" s="17"/>
+      <c r="G44" s="17"/>
+      <c r="H44" s="17"/>
+      <c r="I44" s="17"/>
+      <c r="J44" s="17"/>
+      <c r="K44" s="17"/>
+      <c r="L44" s="17"/>
+      <c r="M44" s="17"/>
+      <c r="N44" s="17"/>
+      <c r="O44" s="17"/>
+      <c r="P44" s="17"/>
+      <c r="Q44" s="17"/>
+      <c r="R44" s="17"/>
+      <c r="S44" s="17"/>
+      <c r="T44" s="17"/>
+      <c r="U44" s="17"/>
+      <c r="V44" s="17"/>
+      <c r="W44" s="17"/>
+      <c r="X44" s="17"/>
+      <c r="Y44" s="17"/>
+      <c r="Z44" s="17"/>
+      <c r="AA44" s="5"/>
+      <c r="AB44" s="5"/>
+      <c r="AC44" s="5"/>
+      <c r="AD44" s="5"/>
+      <c r="AE44" s="5"/>
+      <c r="AF44" s="5"/>
+      <c r="AG44" s="5"/>
+      <c r="AH44" s="5"/>
+      <c r="AI44" s="5"/>
+      <c r="AJ44" s="5"/>
+      <c r="AK44" s="5"/>
+      <c r="AL44" s="5"/>
+      <c r="AM44" s="5"/>
+      <c r="AN44" s="5"/>
+      <c r="AO44" s="5"/>
+      <c r="AP44" s="5"/>
+      <c r="AQ44" s="5"/>
+      <c r="AT44" s="11"/>
     </row>
-    <row r="20" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...53 lines deleted...]
-      <c r="AT20" s="47"/>
+    <row r="45" spans="1:46" ht="15.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A45" s="13"/>
+      <c r="B45" s="79" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="79"/>
+      <c r="D45" s="79"/>
+      <c r="E45" s="79"/>
+      <c r="F45" s="79"/>
+      <c r="G45" s="79"/>
+      <c r="H45" s="79"/>
+      <c r="I45" s="79"/>
+      <c r="J45" s="79"/>
+      <c r="K45" s="79"/>
+      <c r="L45" s="79"/>
+      <c r="M45" s="79"/>
+      <c r="N45" s="16"/>
+      <c r="O45" s="14"/>
+      <c r="P45" s="108" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q45" s="109"/>
+      <c r="R45" s="109"/>
+      <c r="S45" s="109"/>
+      <c r="T45" s="109"/>
+      <c r="U45" s="109"/>
+      <c r="V45" s="109"/>
+      <c r="W45" s="109"/>
+      <c r="X45" s="109"/>
+      <c r="Y45" s="109"/>
+      <c r="Z45" s="109"/>
+      <c r="AA45" s="109"/>
+      <c r="AB45" s="109"/>
+      <c r="AC45" s="109"/>
+      <c r="AD45" s="109"/>
+      <c r="AE45" s="109"/>
+      <c r="AF45" s="109"/>
+      <c r="AG45" s="109"/>
+      <c r="AH45" s="109"/>
+      <c r="AI45" s="109"/>
+      <c r="AJ45" s="109"/>
+      <c r="AK45" s="109"/>
+      <c r="AL45" s="109"/>
+      <c r="AM45" s="109"/>
+      <c r="AN45" s="109"/>
+      <c r="AO45" s="109"/>
+      <c r="AP45" s="109"/>
+      <c r="AQ45" s="109"/>
+      <c r="AR45" s="109"/>
+      <c r="AS45" s="110"/>
+      <c r="AT45" s="11"/>
     </row>
-    <row r="21" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...65 lines deleted...]
-      <c r="AT21" s="47"/>
+    <row r="46" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A46" s="13"/>
+      <c r="B46" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="C46" s="56"/>
+      <c r="D46" s="56"/>
+      <c r="E46" s="56"/>
+      <c r="F46" s="79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="79"/>
+      <c r="H46" s="79"/>
+      <c r="I46" s="79"/>
+      <c r="J46" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="K46" s="56"/>
+      <c r="L46" s="56"/>
+      <c r="M46" s="56"/>
+      <c r="N46" s="15"/>
+      <c r="O46" s="14"/>
+      <c r="P46" s="5"/>
+      <c r="Q46" s="5"/>
+      <c r="R46" s="5"/>
+      <c r="S46" s="5"/>
+      <c r="T46" s="14"/>
+      <c r="U46" s="14"/>
+      <c r="V46" s="14"/>
+      <c r="W46" s="14"/>
+      <c r="X46" s="5"/>
+      <c r="Y46" s="5"/>
+      <c r="Z46" s="5"/>
+      <c r="AA46" s="5"/>
+      <c r="AB46" s="14"/>
+      <c r="AC46" s="14"/>
+      <c r="AD46" s="5"/>
+      <c r="AE46" s="5"/>
+      <c r="AF46" s="5"/>
+      <c r="AG46" s="5"/>
+      <c r="AH46" s="14"/>
+      <c r="AI46" s="14"/>
+      <c r="AJ46" s="14"/>
+      <c r="AK46" s="14"/>
+      <c r="AL46" s="5"/>
+      <c r="AM46" s="5"/>
+      <c r="AN46" s="5"/>
+      <c r="AO46" s="5"/>
+      <c r="AP46" s="6"/>
+      <c r="AQ46" s="6"/>
+      <c r="AT46" s="11"/>
     </row>
-    <row r="22" spans="1:46" ht="7.2" customHeight="1" x14ac:dyDescent="0.45">
-[...43 lines deleted...]
-      <c r="AT22" s="47"/>
+    <row r="47" spans="1:46" ht="4.8" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A47" s="13"/>
+      <c r="B47" s="6"/>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6"/>
+      <c r="E47" s="6"/>
+      <c r="F47" s="12"/>
+      <c r="G47" s="12"/>
+      <c r="H47" s="12"/>
+      <c r="I47" s="12"/>
+      <c r="J47" s="6"/>
+      <c r="K47" s="6"/>
+      <c r="L47" s="6"/>
+      <c r="M47" s="6"/>
+      <c r="N47" s="12"/>
+      <c r="O47" s="12"/>
+      <c r="P47" s="6"/>
+      <c r="Q47" s="6"/>
+      <c r="R47" s="6"/>
+      <c r="S47" s="6"/>
+      <c r="T47" s="12"/>
+      <c r="U47" s="12"/>
+      <c r="V47" s="12"/>
+      <c r="W47" s="12"/>
+      <c r="X47" s="6"/>
+      <c r="Y47" s="6"/>
+      <c r="Z47" s="6"/>
+      <c r="AA47" s="6"/>
+      <c r="AB47" s="12"/>
+      <c r="AC47" s="12"/>
+      <c r="AD47" s="6"/>
+      <c r="AE47" s="6"/>
+      <c r="AF47" s="6"/>
+      <c r="AG47" s="6"/>
+      <c r="AH47" s="12"/>
+      <c r="AI47" s="12"/>
+      <c r="AJ47" s="12"/>
+      <c r="AK47" s="12"/>
+      <c r="AL47" s="6"/>
+      <c r="AM47" s="6"/>
+      <c r="AN47" s="6"/>
+      <c r="AO47" s="6"/>
+      <c r="AP47" s="12"/>
+      <c r="AQ47" s="12"/>
+      <c r="AT47" s="11"/>
     </row>
-    <row r="23" spans="1:46" ht="16.8" customHeight="1" x14ac:dyDescent="0.45">
-[...47 lines deleted...]
-      <c r="AT23" s="47"/>
+    <row r="48" spans="1:46" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A48" s="10"/>
+      <c r="B48" s="9"/>
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="9"/>
+      <c r="G48" s="9"/>
+      <c r="H48" s="9"/>
+      <c r="I48" s="9"/>
+      <c r="J48" s="9"/>
+      <c r="K48" s="9"/>
+      <c r="L48" s="9"/>
+      <c r="M48" s="9"/>
+      <c r="N48" s="9"/>
+      <c r="O48" s="9"/>
+      <c r="P48" s="9"/>
+      <c r="Q48" s="9"/>
+      <c r="R48" s="9"/>
+      <c r="S48" s="9"/>
+      <c r="T48" s="9"/>
+      <c r="U48" s="9"/>
+      <c r="V48" s="9"/>
+      <c r="W48" s="9"/>
+      <c r="X48" s="9"/>
+      <c r="Y48" s="9"/>
+      <c r="Z48" s="9"/>
+      <c r="AA48" s="9"/>
+      <c r="AB48" s="9"/>
+      <c r="AC48" s="9"/>
+      <c r="AD48" s="9"/>
+      <c r="AE48" s="9"/>
+      <c r="AF48" s="9"/>
+      <c r="AG48" s="9"/>
+      <c r="AH48" s="9"/>
+      <c r="AI48" s="9"/>
+      <c r="AJ48" s="9"/>
+      <c r="AK48" s="9"/>
+      <c r="AL48" s="9"/>
+      <c r="AM48" s="9"/>
+      <c r="AN48" s="9"/>
+      <c r="AO48" s="9"/>
+      <c r="AP48" s="9"/>
+      <c r="AQ48" s="9"/>
+      <c r="AR48" s="9"/>
+      <c r="AS48" s="9"/>
+      <c r="AT48" s="8"/>
     </row>
-    <row r="24" spans="1:46" ht="7.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...43 lines deleted...]
-      <c r="AT24" s="47"/>
+    <row r="49" spans="1:46" ht="3.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="7"/>
+      <c r="H49" s="7"/>
+      <c r="I49" s="7"/>
+      <c r="J49" s="7"/>
+      <c r="K49" s="7"/>
+      <c r="L49" s="7"/>
+      <c r="M49" s="7"/>
+      <c r="N49" s="7"/>
+      <c r="O49" s="7"/>
+      <c r="P49" s="7"/>
+      <c r="Q49" s="7"/>
+      <c r="R49" s="7"/>
+      <c r="S49" s="7"/>
+      <c r="T49" s="7"/>
+      <c r="U49" s="7"/>
+      <c r="V49" s="7"/>
+      <c r="W49" s="7"/>
+      <c r="X49" s="7"/>
+      <c r="Y49" s="7"/>
+      <c r="Z49" s="7"/>
+      <c r="AA49" s="7"/>
+      <c r="AB49" s="7"/>
+      <c r="AC49" s="7"/>
+      <c r="AD49" s="7"/>
+      <c r="AE49" s="7"/>
+      <c r="AF49" s="7"/>
+      <c r="AG49" s="7"/>
+      <c r="AH49" s="7"/>
+      <c r="AI49" s="7"/>
+      <c r="AJ49" s="7"/>
+      <c r="AK49" s="7"/>
+      <c r="AL49" s="7"/>
+      <c r="AM49" s="7"/>
+      <c r="AN49" s="7"/>
+      <c r="AO49" s="7"/>
+      <c r="AP49" s="7"/>
+      <c r="AQ49" s="7"/>
+      <c r="AR49" s="7"/>
+      <c r="AS49" s="7"/>
+      <c r="AT49" s="7"/>
     </row>
-    <row r="25" spans="1:46" ht="13.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...45 lines deleted...]
-      <c r="AT25" s="47"/>
+    <row r="50" spans="1:46" ht="22.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A50" s="131" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" s="132"/>
+      <c r="C50" s="132"/>
+      <c r="D50" s="132"/>
+      <c r="E50" s="132"/>
+      <c r="F50" s="132"/>
+      <c r="G50" s="133"/>
+      <c r="H50" s="41"/>
+      <c r="I50" s="42"/>
+      <c r="J50" s="42"/>
+      <c r="K50" s="42"/>
+      <c r="L50" s="42"/>
+      <c r="M50" s="42"/>
+      <c r="N50" s="42"/>
+      <c r="O50" s="43" t="s">
+        <v>76</v>
+      </c>
+      <c r="P50" s="43"/>
+      <c r="Q50" s="43"/>
+      <c r="R50" s="43"/>
+      <c r="S50" s="43"/>
+      <c r="T50" s="30" t="s">
+        <v>69</v>
+      </c>
+      <c r="U50" s="44" t="s">
+        <v>77</v>
+      </c>
+      <c r="V50" s="44"/>
+      <c r="W50" s="44"/>
+      <c r="X50" s="44" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y50" s="44"/>
+      <c r="Z50" s="44"/>
+      <c r="AA50" s="44"/>
+      <c r="AB50" s="44"/>
+      <c r="AC50" s="45"/>
+      <c r="AD50" s="45"/>
+      <c r="AE50" s="45"/>
+      <c r="AF50" s="45"/>
+      <c r="AG50" s="44" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH50" s="44"/>
+      <c r="AI50" s="44" t="s">
+        <v>80</v>
+      </c>
+      <c r="AJ50" s="44"/>
+      <c r="AK50" s="44"/>
+      <c r="AL50" s="44"/>
+      <c r="AM50" s="44"/>
+      <c r="AN50" s="45"/>
+      <c r="AO50" s="45"/>
+      <c r="AP50" s="45"/>
+      <c r="AQ50" s="45"/>
+      <c r="AR50" s="44" t="s">
+        <v>79</v>
+      </c>
+      <c r="AS50" s="44"/>
+      <c r="AT50" s="31" t="s">
+        <v>71</v>
+      </c>
     </row>
-    <row r="26" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
-[...43 lines deleted...]
-      <c r="AT26" s="47"/>
+    <row r="51" spans="1:46" ht="21" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A51" s="118" t="s">
+        <v>9</v>
+      </c>
+      <c r="B51" s="119"/>
+      <c r="C51" s="119"/>
+      <c r="D51" s="119"/>
+      <c r="E51" s="119"/>
+      <c r="F51" s="119"/>
+      <c r="G51" s="120"/>
+      <c r="H51" s="124" t="s">
+        <v>8</v>
+      </c>
+      <c r="I51" s="124"/>
+      <c r="J51" s="124"/>
+      <c r="K51" s="125"/>
+      <c r="L51" s="126"/>
+      <c r="M51" s="126"/>
+      <c r="N51" s="126"/>
+      <c r="O51" s="126"/>
+      <c r="P51" s="126"/>
+      <c r="Q51" s="126"/>
+      <c r="R51" s="126"/>
+      <c r="S51" s="126"/>
+      <c r="T51" s="126"/>
+      <c r="U51" s="126"/>
+      <c r="V51" s="163" t="s">
+        <v>7</v>
+      </c>
+      <c r="W51" s="164"/>
+      <c r="X51" s="164"/>
+      <c r="Y51" s="164"/>
+      <c r="Z51" s="164"/>
+      <c r="AA51" s="164"/>
+      <c r="AB51" s="164"/>
+      <c r="AC51" s="164"/>
+      <c r="AD51" s="164"/>
+      <c r="AE51" s="165"/>
+      <c r="AF51" s="124" t="s">
+        <v>8</v>
+      </c>
+      <c r="AG51" s="124"/>
+      <c r="AH51" s="124"/>
+      <c r="AI51" s="169"/>
+      <c r="AJ51" s="170"/>
+      <c r="AK51" s="170"/>
+      <c r="AL51" s="170"/>
+      <c r="AM51" s="170"/>
+      <c r="AN51" s="170"/>
+      <c r="AO51" s="170"/>
+      <c r="AP51" s="170"/>
+      <c r="AQ51" s="170"/>
+      <c r="AR51" s="170"/>
+      <c r="AS51" s="170"/>
+      <c r="AT51" s="171"/>
     </row>
-    <row r="27" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...55 lines deleted...]
-      <c r="AT27" s="47"/>
+    <row r="52" spans="1:46" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A52" s="121"/>
+      <c r="B52" s="122"/>
+      <c r="C52" s="122"/>
+      <c r="D52" s="122"/>
+      <c r="E52" s="122"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="123"/>
+      <c r="H52" s="127" t="s">
+        <v>6</v>
+      </c>
+      <c r="I52" s="127"/>
+      <c r="J52" s="127"/>
+      <c r="K52" s="172"/>
+      <c r="L52" s="173"/>
+      <c r="M52" s="173"/>
+      <c r="N52" s="173"/>
+      <c r="O52" s="173"/>
+      <c r="P52" s="173"/>
+      <c r="Q52" s="173"/>
+      <c r="R52" s="173"/>
+      <c r="S52" s="173"/>
+      <c r="T52" s="173"/>
+      <c r="U52" s="173"/>
+      <c r="V52" s="166"/>
+      <c r="W52" s="167"/>
+      <c r="X52" s="167"/>
+      <c r="Y52" s="167"/>
+      <c r="Z52" s="167"/>
+      <c r="AA52" s="167"/>
+      <c r="AB52" s="167"/>
+      <c r="AC52" s="167"/>
+      <c r="AD52" s="167"/>
+      <c r="AE52" s="168"/>
+      <c r="AF52" s="127" t="s">
+        <v>6</v>
+      </c>
+      <c r="AG52" s="127"/>
+      <c r="AH52" s="127"/>
+      <c r="AI52" s="128"/>
+      <c r="AJ52" s="129"/>
+      <c r="AK52" s="129"/>
+      <c r="AL52" s="129"/>
+      <c r="AM52" s="129"/>
+      <c r="AN52" s="129"/>
+      <c r="AO52" s="129"/>
+      <c r="AP52" s="129"/>
+      <c r="AQ52" s="129"/>
+      <c r="AR52" s="129"/>
+      <c r="AS52" s="129"/>
+      <c r="AT52" s="130"/>
     </row>
-    <row r="28" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...67 lines deleted...]
-      <c r="AT28" s="47"/>
+    <row r="53" spans="1:46" ht="4.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A53" s="174"/>
+      <c r="B53" s="174"/>
+      <c r="C53" s="174"/>
+      <c r="D53" s="174"/>
+      <c r="E53" s="174"/>
+      <c r="F53" s="174"/>
+      <c r="G53" s="174"/>
+      <c r="H53" s="174"/>
+      <c r="I53" s="174"/>
+      <c r="J53" s="174"/>
+      <c r="K53" s="174"/>
+      <c r="L53" s="174"/>
+      <c r="M53" s="174"/>
+      <c r="N53" s="174"/>
+      <c r="O53" s="174"/>
+      <c r="P53" s="174"/>
+      <c r="Q53" s="174"/>
+      <c r="R53" s="174"/>
+      <c r="S53" s="174"/>
+      <c r="T53" s="174"/>
+      <c r="U53" s="174"/>
+      <c r="V53" s="174"/>
+      <c r="W53" s="174"/>
+      <c r="X53" s="174"/>
+      <c r="Y53" s="174"/>
+      <c r="Z53" s="174"/>
+      <c r="AA53" s="174"/>
+      <c r="AB53" s="174"/>
+      <c r="AC53" s="174"/>
+      <c r="AD53" s="174"/>
+      <c r="AE53" s="174"/>
+      <c r="AF53" s="174"/>
+      <c r="AG53" s="174"/>
+      <c r="AH53" s="174"/>
+      <c r="AI53" s="174"/>
+      <c r="AJ53" s="174"/>
+      <c r="AK53" s="174"/>
+      <c r="AL53" s="174"/>
+      <c r="AM53" s="174"/>
+      <c r="AN53" s="174"/>
+      <c r="AO53" s="174"/>
+      <c r="AP53" s="174"/>
+      <c r="AQ53" s="174"/>
+      <c r="AR53" s="174"/>
+      <c r="AS53" s="174"/>
+      <c r="AT53" s="174"/>
     </row>
-    <row r="29" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
-[...43 lines deleted...]
-      <c r="AT29" s="47"/>
+    <row r="54" spans="1:46" ht="13.8" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A54" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="W54" s="32" t="s">
+        <v>4</v>
+      </c>
+      <c r="X54" s="33"/>
+      <c r="Y54" s="33"/>
+      <c r="Z54" s="33"/>
+      <c r="AA54" s="33"/>
+      <c r="AB54" s="33"/>
+      <c r="AC54" s="33"/>
+      <c r="AD54" s="33"/>
+      <c r="AE54" s="33"/>
+      <c r="AF54" s="33"/>
+      <c r="AG54" s="33"/>
+      <c r="AH54" s="33"/>
+      <c r="AI54" s="33"/>
+      <c r="AJ54" s="33"/>
+      <c r="AK54" s="33"/>
+      <c r="AL54" s="33"/>
+      <c r="AM54" s="33"/>
+      <c r="AN54" s="33"/>
+      <c r="AO54" s="33"/>
+      <c r="AP54" s="33"/>
+      <c r="AQ54" s="33"/>
+      <c r="AR54" s="33"/>
+      <c r="AS54" s="33"/>
+      <c r="AT54" s="34"/>
     </row>
-    <row r="30" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...49 lines deleted...]
-      <c r="AT30" s="47"/>
+    <row r="55" spans="1:46" ht="12" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A55" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="W55" s="35"/>
+      <c r="X55" s="36"/>
+      <c r="Y55" s="36"/>
+      <c r="Z55" s="36"/>
+      <c r="AA55" s="36"/>
+      <c r="AB55" s="36"/>
+      <c r="AC55" s="36"/>
+      <c r="AD55" s="36"/>
+      <c r="AE55" s="36"/>
+      <c r="AF55" s="36"/>
+      <c r="AG55" s="36"/>
+      <c r="AH55" s="36"/>
+      <c r="AI55" s="36"/>
+      <c r="AJ55" s="36"/>
+      <c r="AK55" s="36"/>
+      <c r="AL55" s="36"/>
+      <c r="AM55" s="36"/>
+      <c r="AN55" s="36"/>
+      <c r="AO55" s="36"/>
+      <c r="AP55" s="36"/>
+      <c r="AQ55" s="36"/>
+      <c r="AR55" s="36"/>
+      <c r="AS55" s="36"/>
+      <c r="AT55" s="37"/>
     </row>
-    <row r="31" spans="1:46" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...57 lines deleted...]
-      <c r="AT31" s="47"/>
+    <row r="56" spans="1:46" ht="13.8" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A56" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="W56" s="35"/>
+      <c r="X56" s="36"/>
+      <c r="Y56" s="36"/>
+      <c r="Z56" s="36"/>
+      <c r="AA56" s="36"/>
+      <c r="AB56" s="36"/>
+      <c r="AC56" s="36"/>
+      <c r="AD56" s="36"/>
+      <c r="AE56" s="36"/>
+      <c r="AF56" s="36"/>
+      <c r="AG56" s="36"/>
+      <c r="AH56" s="36"/>
+      <c r="AI56" s="36"/>
+      <c r="AJ56" s="36"/>
+      <c r="AK56" s="36"/>
+      <c r="AL56" s="36"/>
+      <c r="AM56" s="36"/>
+      <c r="AN56" s="36"/>
+      <c r="AO56" s="36"/>
+      <c r="AP56" s="36"/>
+      <c r="AQ56" s="36"/>
+      <c r="AR56" s="36"/>
+      <c r="AS56" s="36"/>
+      <c r="AT56" s="37"/>
     </row>
-    <row r="32" spans="1:46" ht="7.5" customHeight="1" x14ac:dyDescent="0.45">
-[...43 lines deleted...]
-      <c r="AT32" s="47"/>
+    <row r="57" spans="1:46" ht="13.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A57" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="W57" s="35"/>
+      <c r="X57" s="36"/>
+      <c r="Y57" s="36"/>
+      <c r="Z57" s="36"/>
+      <c r="AA57" s="36"/>
+      <c r="AB57" s="36"/>
+      <c r="AC57" s="36"/>
+      <c r="AD57" s="36"/>
+      <c r="AE57" s="36"/>
+      <c r="AF57" s="36"/>
+      <c r="AG57" s="36"/>
+      <c r="AH57" s="36"/>
+      <c r="AI57" s="36"/>
+      <c r="AJ57" s="36"/>
+      <c r="AK57" s="36"/>
+      <c r="AL57" s="36"/>
+      <c r="AM57" s="36"/>
+      <c r="AN57" s="36"/>
+      <c r="AO57" s="36"/>
+      <c r="AP57" s="36"/>
+      <c r="AQ57" s="36"/>
+      <c r="AR57" s="36"/>
+      <c r="AS57" s="36"/>
+      <c r="AT57" s="37"/>
     </row>
-    <row r="33" spans="1:46" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...47 lines deleted...]
-      <c r="AT33" s="47"/>
+    <row r="58" spans="1:46" ht="12.6" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A58" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="46"/>
+      <c r="E58" s="46"/>
+      <c r="F58" s="46"/>
+      <c r="G58" s="46"/>
+      <c r="H58" s="46"/>
+      <c r="I58" s="46"/>
+      <c r="J58" s="46"/>
+      <c r="K58" s="46"/>
+      <c r="L58" s="46"/>
+      <c r="M58" s="46"/>
+      <c r="N58" s="46"/>
+      <c r="O58" s="46"/>
+      <c r="P58" s="46"/>
+      <c r="Q58" s="46"/>
+      <c r="W58" s="35"/>
+      <c r="X58" s="36"/>
+      <c r="Y58" s="36"/>
+      <c r="Z58" s="36"/>
+      <c r="AA58" s="36"/>
+      <c r="AB58" s="36"/>
+      <c r="AC58" s="36"/>
+      <c r="AD58" s="36"/>
+      <c r="AE58" s="36"/>
+      <c r="AF58" s="36"/>
+      <c r="AG58" s="36"/>
+      <c r="AH58" s="36"/>
+      <c r="AI58" s="36"/>
+      <c r="AJ58" s="36"/>
+      <c r="AK58" s="36"/>
+      <c r="AL58" s="36"/>
+      <c r="AM58" s="36"/>
+      <c r="AN58" s="36"/>
+      <c r="AO58" s="36"/>
+      <c r="AP58" s="36"/>
+      <c r="AQ58" s="36"/>
+      <c r="AR58" s="36"/>
+      <c r="AS58" s="36"/>
+      <c r="AT58" s="37"/>
     </row>
-    <row r="34" spans="1:46" ht="10.8" customHeight="1" x14ac:dyDescent="0.45">
-[...45 lines deleted...]
-      <c r="AT34" s="47"/>
+    <row r="59" spans="1:46" ht="12.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A59" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>82</v>
+      </c>
+      <c r="W59" s="38"/>
+      <c r="X59" s="39"/>
+      <c r="Y59" s="39"/>
+      <c r="Z59" s="39"/>
+      <c r="AA59" s="39"/>
+      <c r="AB59" s="39"/>
+      <c r="AC59" s="39"/>
+      <c r="AD59" s="39"/>
+      <c r="AE59" s="39"/>
+      <c r="AF59" s="39"/>
+      <c r="AG59" s="39"/>
+      <c r="AH59" s="39"/>
+      <c r="AI59" s="39"/>
+      <c r="AJ59" s="39"/>
+      <c r="AK59" s="39"/>
+      <c r="AL59" s="39"/>
+      <c r="AM59" s="39"/>
+      <c r="AN59" s="39"/>
+      <c r="AO59" s="39"/>
+      <c r="AP59" s="39"/>
+      <c r="AQ59" s="39"/>
+      <c r="AR59" s="39"/>
+      <c r="AS59" s="39"/>
+      <c r="AT59" s="40"/>
     </row>
-    <row r="35" spans="1:46" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...1142 lines deleted...]
-    <row r="59" spans="1:46" ht="11.25" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="60" spans="1:46" ht="11.25" customHeight="1" x14ac:dyDescent="0.45"/>
   </sheetData>
-  <mergeCells count="153">
-[...1 lines deleted...]
-    <mergeCell ref="A1:AT1"/>
+  <mergeCells count="171">
+    <mergeCell ref="AE10:AK10"/>
+    <mergeCell ref="AL10:AT10"/>
+    <mergeCell ref="V51:AE52"/>
+    <mergeCell ref="A58:Q58"/>
+    <mergeCell ref="AI51:AT51"/>
+    <mergeCell ref="H52:J52"/>
+    <mergeCell ref="K52:U52"/>
+    <mergeCell ref="A53:AT53"/>
+    <mergeCell ref="AP40:AQ40"/>
+    <mergeCell ref="AP39:AQ39"/>
+    <mergeCell ref="AH40:AK40"/>
+    <mergeCell ref="AL40:AO40"/>
+    <mergeCell ref="AD42:AO42"/>
+    <mergeCell ref="AD43:AG43"/>
+    <mergeCell ref="AH43:AK43"/>
+    <mergeCell ref="AL43:AO43"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="B31:M31"/>
+    <mergeCell ref="N31:O31"/>
+    <mergeCell ref="P31:AA31"/>
+    <mergeCell ref="AP31:AQ31"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="E3:P3"/>
+    <mergeCell ref="AQ3:AT3"/>
+    <mergeCell ref="P5:Q5"/>
+    <mergeCell ref="R5:AD5"/>
+    <mergeCell ref="P7:AA7"/>
+    <mergeCell ref="AB7:AD7"/>
+    <mergeCell ref="A8:H8"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="L8:N8"/>
+    <mergeCell ref="P8:T8"/>
+    <mergeCell ref="U8:V8"/>
+    <mergeCell ref="W8:AA8"/>
+    <mergeCell ref="AB8:AC8"/>
+    <mergeCell ref="P9:T9"/>
+    <mergeCell ref="U9:AD9"/>
+    <mergeCell ref="AE9:AK9"/>
+    <mergeCell ref="AL9:AT9"/>
+    <mergeCell ref="A10:T10"/>
+    <mergeCell ref="A51:G52"/>
+    <mergeCell ref="H51:J51"/>
+    <mergeCell ref="K51:U51"/>
+    <mergeCell ref="AF51:AH51"/>
+    <mergeCell ref="AF52:AH52"/>
+    <mergeCell ref="AI52:AT52"/>
+    <mergeCell ref="A50:G50"/>
+    <mergeCell ref="X32:AA32"/>
+    <mergeCell ref="AP32:AQ32"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:S32"/>
+    <mergeCell ref="T32:W32"/>
+    <mergeCell ref="AP43:AQ43"/>
+    <mergeCell ref="AP42:AQ42"/>
+    <mergeCell ref="U10:AA10"/>
+    <mergeCell ref="AB10:AD10"/>
+    <mergeCell ref="P40:S40"/>
+    <mergeCell ref="T40:W40"/>
+    <mergeCell ref="B39:M39"/>
+    <mergeCell ref="N39:O39"/>
+    <mergeCell ref="P39:AA39"/>
+    <mergeCell ref="AB39:AC39"/>
+    <mergeCell ref="AD39:AO39"/>
+    <mergeCell ref="P34:AS34"/>
+    <mergeCell ref="B28:M28"/>
+    <mergeCell ref="N28:O28"/>
+    <mergeCell ref="P28:AA28"/>
+    <mergeCell ref="AB28:AC28"/>
+    <mergeCell ref="AD28:AO28"/>
+    <mergeCell ref="AP28:AQ28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:S29"/>
+    <mergeCell ref="T29:W29"/>
+    <mergeCell ref="X29:AA29"/>
+    <mergeCell ref="AB29:AC29"/>
+    <mergeCell ref="AD29:AG29"/>
+    <mergeCell ref="AH29:AK29"/>
+    <mergeCell ref="AL29:AO29"/>
+    <mergeCell ref="AP29:AQ29"/>
+    <mergeCell ref="B21:M21"/>
+    <mergeCell ref="N21:O21"/>
+    <mergeCell ref="P21:AA21"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="F22:I22"/>
+    <mergeCell ref="J22:M22"/>
+    <mergeCell ref="N22:O22"/>
+    <mergeCell ref="P22:S22"/>
+    <mergeCell ref="T22:W22"/>
+    <mergeCell ref="X22:AA22"/>
+    <mergeCell ref="P19:S19"/>
+    <mergeCell ref="T19:W19"/>
+    <mergeCell ref="AB22:AC22"/>
+    <mergeCell ref="P24:AS24"/>
+    <mergeCell ref="X19:AA19"/>
+    <mergeCell ref="AB19:AC19"/>
+    <mergeCell ref="AD19:AG19"/>
+    <mergeCell ref="AH19:AK19"/>
+    <mergeCell ref="AL19:AO19"/>
+    <mergeCell ref="AP19:AQ19"/>
+    <mergeCell ref="AD21:AO21"/>
+    <mergeCell ref="AD22:AG22"/>
+    <mergeCell ref="AH22:AK22"/>
+    <mergeCell ref="AL22:AO22"/>
+    <mergeCell ref="AB21:AC21"/>
+    <mergeCell ref="B46:E46"/>
+    <mergeCell ref="F46:I46"/>
+    <mergeCell ref="J46:M46"/>
+    <mergeCell ref="B42:M42"/>
+    <mergeCell ref="N42:O42"/>
+    <mergeCell ref="P42:AA42"/>
+    <mergeCell ref="A4:O4"/>
+    <mergeCell ref="P4:AD4"/>
+    <mergeCell ref="AE4:AL4"/>
+    <mergeCell ref="A5:O6"/>
+    <mergeCell ref="AE5:AL6"/>
+    <mergeCell ref="P6:AD6"/>
+    <mergeCell ref="A7:O7"/>
+    <mergeCell ref="AE7:AN7"/>
+    <mergeCell ref="AE8:AN8"/>
+    <mergeCell ref="A9:O9"/>
+    <mergeCell ref="P45:AS45"/>
+    <mergeCell ref="B45:M45"/>
+    <mergeCell ref="A14:AT14"/>
+    <mergeCell ref="B18:M18"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="P18:AA18"/>
+    <mergeCell ref="AB18:AC18"/>
+    <mergeCell ref="AD18:AO18"/>
     <mergeCell ref="A2:AT2"/>
-    <mergeCell ref="AB41:AC41"/>
-[...6 lines deleted...]
-    <mergeCell ref="X42:AA42"/>
     <mergeCell ref="AB42:AC42"/>
-    <mergeCell ref="X39:AA39"/>
-[...26 lines deleted...]
-    <mergeCell ref="AE7:AN7"/>
+    <mergeCell ref="B43:E43"/>
+    <mergeCell ref="F43:I43"/>
+    <mergeCell ref="J43:M43"/>
+    <mergeCell ref="N43:O43"/>
+    <mergeCell ref="P43:S43"/>
+    <mergeCell ref="T43:W43"/>
+    <mergeCell ref="X43:AA43"/>
+    <mergeCell ref="AB43:AC43"/>
+    <mergeCell ref="X40:AA40"/>
+    <mergeCell ref="AB40:AC40"/>
+    <mergeCell ref="AD40:AG40"/>
+    <mergeCell ref="AM4:AT4"/>
+    <mergeCell ref="AM5:AT6"/>
     <mergeCell ref="AO7:AT7"/>
-    <mergeCell ref="A8:O8"/>
-[...4 lines deleted...]
-    <mergeCell ref="A11:AT11"/>
+    <mergeCell ref="AO8:AT8"/>
     <mergeCell ref="A12:AT12"/>
     <mergeCell ref="A13:AT13"/>
-    <mergeCell ref="B17:M17"/>
-[...17 lines deleted...]
-    <mergeCell ref="AL18:AO18"/>
     <mergeCell ref="AP18:AQ18"/>
-    <mergeCell ref="B20:M20"/>
-[...82 lines deleted...]
-    <mergeCell ref="V51:AE51"/>
+    <mergeCell ref="B19:E19"/>
+    <mergeCell ref="F19:I19"/>
+    <mergeCell ref="J19:M19"/>
+    <mergeCell ref="N19:O19"/>
+    <mergeCell ref="W54:AT54"/>
+    <mergeCell ref="W55:AT59"/>
+    <mergeCell ref="H50:N50"/>
+    <mergeCell ref="O50:S50"/>
+    <mergeCell ref="U50:W50"/>
+    <mergeCell ref="X50:AB50"/>
+    <mergeCell ref="AC50:AF50"/>
+    <mergeCell ref="AG50:AH50"/>
+    <mergeCell ref="AI50:AM50"/>
+    <mergeCell ref="AN50:AQ50"/>
+    <mergeCell ref="AR50:AS50"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AB10:AD10" xr:uid="{2C9D2058-78E7-4A07-8455-CE918088FC20}">
+      <formula1>"済"</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.59055118110236227" right="0.19685039370078741" top="0" bottom="0" header="0" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;R&amp;14        </oddHeader>
   </headerFooter>
-</worksheet>
-[...13 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>河井継之助・山本五十六・維新の3傑コース</vt:lpstr>
-      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>iwauchi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>